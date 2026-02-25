--- v0 (2025-10-16)
+++ v1 (2026-02-25)
@@ -5,92 +5,92 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="25629"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\COORDINATOR TOOLKIT\WEB DOCS\START HERE TAB\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jenny\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5DBD28D8-446D-43A2-A4EE-94F9C4A879C2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DFCAA1D1-4181-4209-902A-3B86544049C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="D&amp;S COORDINATOR DUTIES TIMELINE" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="W33" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="107">
   <si>
     <t>BASELINE DUTIES FOR DISCIPLINE/SUBJECT COORDINATORS</t>
   </si>
   <si>
     <t>FALL</t>
   </si>
   <si>
     <t>WINTER</t>
   </si>
   <si>
     <t>SPRING/SUMMER</t>
   </si>
   <si>
     <t>EXPLANATION</t>
   </si>
   <si>
     <t>RESOURCES</t>
   </si>
   <si>
     <t xml:space="preserve">1.1 Curriculum Renewal  </t>
   </si>
   <si>
     <t>SEPT</t>
   </si>
   <si>
@@ -126,66 +126,60 @@
   <si>
     <t>AUG</t>
   </si>
   <si>
     <t>COMMENTS</t>
   </si>
   <si>
     <t>LINKS</t>
   </si>
   <si>
     <t>1.1a  Leads annual curriculum renewal</t>
   </si>
   <si>
     <t>X -Decision-making for development and workload for the Spring/Summer semester</t>
   </si>
   <si>
     <t>X</t>
   </si>
   <si>
     <t>Annual Program Review (Formally Annual Curriculum Review)</t>
   </si>
   <si>
     <t xml:space="preserve">1.1b  Collaborates with Learning Design &amp; Support Team, program teams and discipline teams. </t>
   </si>
   <si>
-    <t xml:space="preserve">DS Coordinators should connect with their Chair, the LDS Team, the new Quality Assurance Team,  Program teams, and Discipline/Subject teams to ensure best pedagogical practices, alignment with the academic plan, and delivery of Vocational Learning Outcomes and Essential Employability Skills Outcomes.  This may mean attending meetings and providing information related to the mapping of the EES and VLOS for discipline courses within programs.  </t>
-[...1 lines deleted...]
-  <si>
     <t>Learning Design and Support Team (LDS)</t>
   </si>
   <si>
     <t>Quality Assurance</t>
   </si>
   <si>
     <t>1.1c  Provides leadership in policy, subject standards, and compliance matters.</t>
   </si>
   <si>
     <t>X - Ongoing</t>
-  </si>
-[...1 lines deleted...]
-    <t>DS Coordinators are to stay informed of College policy and provincial trends while forwarding information to teaching team as changes occur.  Coordinators communicate best practices to the team and also involve Chairs when there is an issue that requires attention that is outside scope of Coordinator role (ie. non-compliance).</t>
   </si>
   <si>
     <t>1.1d  Facilitates the integration of relevant program-specific resources into curriculum.</t>
   </si>
   <si>
     <t xml:space="preserve">DS Coordinators should connect with Program Coordinators and encourage teaching teams to connect about topic integration into the curriculum.  DS Coordinators can investigate possibilities to create topic maps with Program Coordinators.  </t>
   </si>
   <si>
     <t xml:space="preserve">1.1e  Coordinates ongoing development of new courses </t>
   </si>
   <si>
     <t>X - Ongoing as requested/required</t>
   </si>
   <si>
     <t xml:space="preserve">Using provincial trends, Coordinators inform the Chair on the rationale for creating new discipline-related courses.  They also may be asked to share what skill-sets are required for the development team responsible for creating new courses.  Through meeting with the development team chosen by the Chair, Coordinators are to receive and communicate updates on the development and provide subject expertise to the team as required.  </t>
   </si>
   <si>
     <t>1.1f  In conjunction with the faculty team, ensure that the annual curriculum renewal template is completed.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">The </t>
     </r>
     <r>
       <rPr>
@@ -257,119 +251,98 @@
   <si>
     <t>X - create schedule</t>
   </si>
   <si>
     <t xml:space="preserve">X - agenda, meeting, minutes </t>
   </si>
   <si>
     <t>X - agenda, meeting, minutes</t>
   </si>
   <si>
     <t>X - schedule, agenda, meeting, minutes</t>
   </si>
   <si>
     <t>1.4  Participates in Program Advisory committee and School meetings, as required</t>
   </si>
   <si>
     <t>X - attendance and participation in meeting when it is scheduled</t>
   </si>
   <si>
     <t>As the "face" of the discipline or subject, attending the PAC meetings and School meetings helps Coordinators be informed about specific programs and also provide information about curriculum and/or delivery changes to the discipline courses.</t>
   </si>
   <si>
     <t>Program Advisory Committee (PAC)</t>
   </si>
   <si>
-    <t>1.5  Liase with Program Coordinators</t>
-[...1 lines deleted...]
-  <si>
     <t>X - Ongoing, but around Annual Curriculum Review period in the Spring/Summer semester</t>
   </si>
   <si>
     <t xml:space="preserve">DS Coordinators have flexibility in how they connect with Program Coordinators.  After initial introductions, decisions about how information will be shared should be determined by the Coordinators jointly.  They may wish to do this individually, on a program level, and/or attend some or all of the School Coordinator meetings in order to be informed and advise on changes to curriculum and/or delivery of discipline courses.  </t>
   </si>
   <si>
     <t>2.   SUPPORTS FACULTY AND STUDENT SUCCESS</t>
   </si>
   <si>
     <t>2.1  Provides peer support and guidance and assistance to faculty (eg. Team teaching, course outlines, textbook ordering, academic policies and procedures)</t>
   </si>
   <si>
     <t>Coordinators communicate discipline/subject norms to new faculty and confirm these on a regular basis.  They approve course outlines following faculty's initial approval.  In the  outline approval process, they should provide feedback to faculty as required.  The bookstore will provide textbook order forms typically two-months prior to semester start.  Therefore, Coordinators should confer with teaching teams prior to approve textbook orders which may include changes.  They should be current with the academic policies and procedures and model compliance.</t>
   </si>
   <si>
     <t>Course Outline Guides</t>
   </si>
   <si>
     <t>2.2  Identifies resources to faculty and students to support their needs</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">As the key point of contact for faculty and students, Coordinators are to stay knowledgeable of the </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>current</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> various resources available in the College.  Needs of faculty may include inquiries related to workload, student issues inside and outside the classroom and curriculum/program development.  Needs of students may include inquiries related to student rights and responsibilities, career or education pathway planning,  academic supports, services for International and Indigenous students, physical and mental health and accommodations.  </t>
     </r>
   </si>
   <si>
-    <t>Academic Operations - Restriction Forms for Faculty</t>
-[...13 lines deleted...]
-  <si>
     <t>Tutoring and Academic Skills</t>
-  </si>
-[...1 lines deleted...]
-    <t>Accessibility Education Services</t>
   </si>
   <si>
     <t>2.3  Primary point of contact to address questions, concerns, complaints related to the subject/discipline</t>
   </si>
   <si>
     <t>Academic Issue Resolution - Processes for Students</t>
   </si>
   <si>
     <t>3.  ACADEMIC RESPONSIBILITIES (IN COLLOBORATION WITH THE CHAIR)</t>
   </si>
   <si>
     <t>3.1  Course exemption process - Processes course exemptions</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Exemptions are when a student does not have to enroll in a particular course(s) in their program of study.  This may be due to the granting of a </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
@@ -420,185 +393,191 @@
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> that in some Schools like GAS needs to be assigned by the Chair on a contract or a SWF.  </t>
     </r>
   </si>
   <si>
     <t>Office of Registrar – Transfer Credit  Info for Students</t>
   </si>
   <si>
     <t>Prior Learning Assessment and Recognition (PLAR)</t>
   </si>
   <si>
     <t>3.2  Course outline verification - reviews course outlines and provides input as required prior to Chair approval</t>
   </si>
   <si>
     <t>X - for Winter semester</t>
   </si>
   <si>
-    <t>X - for Spring/Summer semester</t>
-[...1 lines deleted...]
-  <si>
     <t>X - for Fall semester</t>
   </si>
   <si>
     <t>Faculty are to complete electronic course outlines and send them to the Coordinator for review.  After a review, the Coordinator seeks out further information from the faculty about a course outline if needed, however, once satisfied, the Coordinator then approves them at the Coordinator level and then sends them for Chair approval.  Typically, course outlines are completed  and approved by all involved a month or more prior to the next semester start date.</t>
   </si>
   <si>
     <t>Academic Operations - Course Outlines</t>
   </si>
   <si>
     <t>3.3  Workload process - As the subject content expert, may provide general input on the worload process (skill set required, operational requirements, assists the Chair with faculty recruitment)</t>
-  </si>
-[...1 lines deleted...]
-    <t>3.4  School-related activities - Assists the Chair in School-related activities such as strategic plannning and budget</t>
   </si>
   <si>
     <t>3.4a  Provides input to the Chair regarding academic strategies</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Although input from Coordinators may be requested by Chairs/Deans anytime in the Academic Year about academic strategies, resources, trends, enrolment growth and challenges, and retention challenges and successes, much of this is completed more formally through the </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Annual Program Review</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> in the Spring/Summer semester.  Of note, this process would start at the beginning of the Winter semester as workloads for the Spring/Summer semester are being planned and continue into the Spring/Summer semester as development work is conducted.   In situations where there is involvement in a Cyclical Program Review, DS Coordinators may receive additional time on their SWF or employment contract.  </t>
     </r>
   </si>
   <si>
     <t>3.4b  Identifies trends from their field of expertise</t>
   </si>
   <si>
     <t>3.4c  Contributes to retention and student success strategies</t>
   </si>
   <si>
     <t>3.5  Pathways/Articulations - Assist the Dean with identifying and facilitating articulation/pathway opportunities</t>
   </si>
   <si>
     <t xml:space="preserve">Coordinators may be in a position to inform and participate in the development of potential partnerships with other academic institutions when initiated by Deans and Chairs.  Along with the Deans and Chairs,  the Education Pathways department is responsible for the majority of the analysis of the benefits and fit with the College Strategic Mandate as well as creating and updating any articulation agreements and pathways.  </t>
   </si>
   <si>
     <t>1.  DISCIPLINE/SUBJECT RESPONSIBILITIES</t>
   </si>
   <si>
-    <t xml:space="preserve">Hiring criteria that is kept in Human Resources for a discipline/subject is to be used when identifying skill-set for courses needing staffing.  If a hiring criteria does not exist or requires updating, consultation should be done with the School's Human Resources representative, the Chair and Dean,  and the discipline team.  Coordinators and other faculty may provide names of professionals from their discipline/subject area that meet the hiring criteria to the Chair at any time in the Academic year for consideration.  Those potential candidates apply through the online application system developed by HR.  When full-time positions are being sought for a program, Coordinators are often asked to participate in the hiring committee with the Chair/Dean, the Human Resources representative for the School and perhaps other community members/stakeholders if the position is quite specialized ie. hiring for a faculty that will be teaching content about First Nations Inuit and Metis peoples.  </t>
-[...1 lines deleted...]
-  <si>
     <t>Working at Fleming (General Information)</t>
   </si>
   <si>
-    <t>Meeting Effectiveness Resources (HR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Policies and Regulations</t>
   </si>
   <si>
     <t xml:space="preserve">When responding to students, a Coordinator's responsibility is more about advising on processes.  For example, a student inquiry about curriculum can be answered directly while a student complaint about a fellow faculty requires information about options that a student can pursue such as returning to speak with the faculty or submitting a form through Student Rights and Responsiblities office. </t>
   </si>
   <si>
     <t>Education Pathways Internal</t>
   </si>
   <si>
     <t>Education Pathways External</t>
   </si>
   <si>
     <t xml:space="preserve">DS Coordinators should solicit feedback from their teaching team each semester in anticipation of the Annual Curriculum Review (formerly Annual Curriculum Review) for programs which occurs in the front half of the Spring/Summer semester.   This allows for regular assessment of strengths and areas of concern within those discipline courses.  Decisions about changes in curriculum, program hours, program delivery (hybrid, synchronous, asynchronous, etc.) are best completed together as a team versus individually so all team members understand, engage, and support changes that result from the analyses.  Once feedback is collected, the DS Coordinator and Program Coordinators connect to map curriculum like the Essential Employability Skills Outcomes (EES) and sometimes Vocational Learning Outcomes (VLOs)and to discuss integration of new or revised content in those discipline courses.  In addition, when discipline courses are offered in a dual credit setting, linkages with the Dual Credit Coordinator should be maintained.  </t>
   </si>
   <si>
+    <t>Webex Meetings</t>
+  </si>
+  <si>
+    <t>Although information to faculty can be sent electroncially throughout each semester by Coordinators, subject meetings or meetings with specific programs to discuss in depth and make decisions about accommodations, academic progress of students, grade audits, awards, curriculum updates and revisions, etc. are essential for faculty engagement and team functioning.  Identify common days/times for faculty in a discipline or subject group to meet and schedule these using Outlook Calendar and Webex for online meetings.  Contract faculty can put in to be paid a meeting rate once per semester.  The frequency and length of meetings should already be approved by the Chair.  A consent agenda should be developed by the Coordinator and sent ahead of each meeting so faculty are aware of topics, actions, and work to be completed. After, a summary or minutes should be provided and stored where faculty and the Chair can access as needed.</t>
+  </si>
+  <si>
+    <t>Brightspace D2L</t>
+  </si>
+  <si>
+    <t>Student Rights &amp; Responsibilities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DS Coordinators should connect with their Chair, the LDS Team, the Quality Assurance Team, Program teams, and Discipline/Subject teams to ensure best pedagogical practices, alignment with the academic plan, and delivery of Vocational Learning Outcomes and Essential Employability Skills Outcomes.  This may mean attending meetings and providing information related to the mapping of the EES and VLOS for discipline courses within programs.  </t>
+  </si>
+  <si>
+    <t>DS Coordinators are to stay informed of College policy and provincial trends while forwarding information to teaching team as changes occur.  Coordinators communicate best practices to the team and also involve Chairs when there is an issue that requires attention that is outside the scope of the Coordinator role (ie. non-compliance).</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">Coordinators attend Chair approved discipline-related and provincial meetings in order to network across  the region and Ontario. Coordinators get opportunities to hear about what other like-disciplines are doing and be a part of projects that address common struggles with students and curriculum.  Whenever a Coordinator role in professional group expands beyond attending and providing updates, Coordinators can </t>
+      <t xml:space="preserve">Coordinators attend Chair-approved, discipline-related and provincial meetings in order to network across the region and Ontario. Coordinators get opportunities to hear about what other like-disciplines are doing and be a part of projects that address common struggles with students and curriculum.  Whenever a Coordinator role in a professional group expands beyond attending and providing updates, Coordinators can </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>discuss</t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">with the Chair about adding additional time to the SWF (Standard Workload From) or letter of employment (contract).  This could include more time to lead and/or participate on sub-committees of professional interest and/or that benefit the college.  Some of these meeting may be in-person or online.  If hosting a provincial meeting, consider using Fleming's Webex system.  </t>
+      <t xml:space="preserve">with the Chair about adding additional time to the SWF (Standard Workload From) or letter of employment (contract).  This may include more time to lead and/or participate on sub-committees of professional interest and/or that benefit the college.  Some of these meetings may be in-person or online.  If hosting a provincial meeting, consider using Fleming's Webex system.  </t>
     </r>
   </si>
   <si>
-    <t>Webex Meetings</t>
-[...11 lines deleted...]
-    <t>Student Rights &amp; Responsibilities</t>
+    <t>It's important to be mindful of Coordinator and faculty demands and official workloads during the semester.  This is in order to ensure the frequency and length of the meetings are realistic for completing any tasks decided upon by the Chair and/or through the Annual Program Review of the previous academic year. Coordinators should organize a meeting with the Dean/Chair between each semester for official approval and then write and send to the Chair a brief written summary of decisions made about the amount of meetings.  These meetings could be facilitated in-person, online or a combination of both formats.</t>
+  </si>
+  <si>
+    <t>1.5  Liaise with Program Coordinators</t>
+  </si>
+  <si>
+    <t>X - for Spring/ Summer semester</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hiring criteria that is kept in Human Resources for a discipline/subject is to be used when identifying skill-set for courses needing staffing.  If a hiring criteria does not exist or requires updating, consultation should be done with the School's Human Resources representative, the Chair and Dean,  and the discipline team.  Coordinators and other faculty may provide names of professionals from their discipline/subject area that meet the hiring criteria to the Chair at any time in the Academic year for consideration.  Those potential candidates apply through the online application system developed by HR.  When full-time positions are being sought for a program, Coordinators are often asked to participate in the hiring committee with the Chair/Dean, the Human Resources representative for the School and perhaps other community members/stakeholders if the position is quite specialized (i.e. hiring for a faculty that will be teaching content about First Nations Inuit and Metis peoples).  </t>
+  </si>
+  <si>
+    <t>3.4  School-related activities</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -858,72 +837,50 @@
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
-        <color rgb="FF000000"/>
-[...20 lines deleted...]
-      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
@@ -960,366 +917,355 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="105">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+  <cellXfs count="94">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="17" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="1" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...163 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFE4B4AA"/>
       <color rgb="FFD07B6A"/>
       <color rgb="FFF5C3EE"/>
       <color rgb="FFFCEEFA"/>
       <color rgb="FFF3B7EC"/>
       <color rgb="FFE975DB"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1467,91 +1413,91 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1613,51 +1559,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1755,1322 +1701,1254 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/srr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://flemingcollege.ca.libguides.com/taas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/counselling/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/learning-technology/webex-meetings/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/pcr/programs/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ao/course-outlines/knowledge-base/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/indigenous/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/education-pathways/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/quality-assurance/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/education-pathways" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/program-advisory/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/learning-technology/brightspace-d2l-lms/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/pcr/overview-of-process/pcr-process/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/iss/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ao/course-outlines/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/meetings/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ao/faculty-workloads/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/asa/ar/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/current-career-opportunities/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/admissions/prior-learning-assessment-and-recognition" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/pcr/overview-of-process/pcr-process/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ao/institutional-timetabling/restrictions/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ro/transfer-credits/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/aes/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mycampus.flemingcollege.ca/group/portal/resources" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/learning-technology/webex-meetings/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/education-pathways/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/learning-technology/brightspace-d2l-lms/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/learning-technology/webex-meetings/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/pcr/programs/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ao/course-outlines/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/quality-assurance/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/education-pathways" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/current-career-opportunities/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/pcr/overview-of-process/pcr-process/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/admissions/prior-learning-assessment-and-recognition" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/program-advisory/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ro/transfer-credits/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/policies-procedures/academic-affairs/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/asa/ar/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/learning-technology/webex-meetings/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/srr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://flemingcollege.ca.libguides.com/taas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ao/course-outlines/knowledge-base/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:W33"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="N33" sqref="N33"/>
+      <selection activeCell="A25" sqref="A25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="25.109375" customWidth="1"/>
-    <col min="14" max="14" width="49.44140625" customWidth="1"/>
+    <col min="1" max="1" width="27.85546875" customWidth="1"/>
+    <col min="2" max="2" width="10" customWidth="1"/>
+    <col min="5" max="5" width="9.5703125" customWidth="1"/>
+    <col min="6" max="6" width="10" customWidth="1"/>
+    <col min="9" max="9" width="10.140625" customWidth="1"/>
+    <col min="11" max="11" width="10.140625" customWidth="1"/>
+    <col min="13" max="13" width="10" customWidth="1"/>
+    <col min="14" max="14" width="49.42578125" customWidth="1"/>
     <col min="15" max="15" width="24" customWidth="1"/>
-    <col min="16" max="16" width="34.109375" customWidth="1"/>
+    <col min="16" max="16" width="34.140625" customWidth="1"/>
     <col min="17" max="17" width="14" customWidth="1"/>
-    <col min="18" max="18" width="12.44140625" customWidth="1"/>
+    <col min="18" max="18" width="12.42578125" customWidth="1"/>
     <col min="19" max="19" width="15" customWidth="1"/>
-    <col min="20" max="20" width="13.6640625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="23" max="23" width="11.44140625" customWidth="1"/>
+    <col min="20" max="20" width="13.7109375" customWidth="1"/>
+    <col min="21" max="21" width="20.7109375" customWidth="1"/>
+    <col min="22" max="22" width="13.42578125" customWidth="1"/>
+    <col min="23" max="23" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="89" t="s">
+    <row r="1" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="55" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="89"/>
-[...14 lines deleted...]
-      <c r="Q1" s="1"/>
+      <c r="B1" s="55"/>
+      <c r="C1" s="55"/>
+      <c r="D1" s="55"/>
+      <c r="E1" s="55"/>
+      <c r="F1" s="55"/>
+      <c r="G1" s="55"/>
+      <c r="H1" s="55"/>
+      <c r="I1" s="55"/>
+      <c r="J1" s="55"/>
+      <c r="K1" s="55"/>
+      <c r="L1" s="55"/>
+      <c r="M1" s="55"/>
+      <c r="N1" s="55"/>
+      <c r="O1" s="55"/>
+      <c r="P1" s="55"/>
     </row>
-    <row r="2" spans="1:17" ht="31.2" x14ac:dyDescent="0.3">
-      <c r="A2" s="90" t="s">
+    <row r="2" spans="1:17" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="31" t="s">
+        <v>88</v>
+      </c>
+      <c r="B2" s="47" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="48"/>
+      <c r="D2" s="48"/>
+      <c r="E2" s="49"/>
+      <c r="F2" s="47" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="48"/>
+      <c r="H2" s="48"/>
+      <c r="I2" s="49"/>
+      <c r="J2" s="47" t="s">
+        <v>3</v>
+      </c>
+      <c r="K2" s="48"/>
+      <c r="L2" s="48"/>
+      <c r="M2" s="49"/>
+      <c r="N2" s="31" t="s">
+        <v>4</v>
+      </c>
+      <c r="O2" s="53" t="s">
+        <v>5</v>
+      </c>
+      <c r="P2" s="53"/>
+    </row>
+    <row r="3" spans="1:17" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="34" t="s">
+        <v>9</v>
+      </c>
+      <c r="E3" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" s="34" t="s">
+        <v>12</v>
+      </c>
+      <c r="H3" s="34" t="s">
+        <v>13</v>
+      </c>
+      <c r="I3" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="J3" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="K3" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="L3" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="M3" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="N3" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="O3" s="54" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" s="54"/>
+    </row>
+    <row r="4" spans="1:17" ht="315" x14ac:dyDescent="0.25">
+      <c r="A4" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="41" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="42"/>
+      <c r="G4" s="43"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="J4" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L4" s="7"/>
+      <c r="M4" s="7"/>
+      <c r="N4" s="26" t="s">
+        <v>94</v>
+      </c>
+      <c r="O4" s="57" t="s">
+        <v>24</v>
+      </c>
+      <c r="P4" s="58"/>
+    </row>
+    <row r="5" spans="1:17" ht="135" x14ac:dyDescent="0.25">
+      <c r="A5" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" s="1"/>
+      <c r="C5" s="1"/>
+      <c r="D5" s="1"/>
+      <c r="E5" s="1"/>
+      <c r="F5" s="1"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="J5" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L5" s="3"/>
+      <c r="M5" s="3"/>
+      <c r="N5" s="13" t="s">
         <v>99</v>
       </c>
-      <c r="B2" s="91" t="s">
+      <c r="O5" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="P5" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q5" s="88"/>
+    </row>
+    <row r="6" spans="1:17" ht="105" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" s="39"/>
+      <c r="D6" s="39"/>
+      <c r="E6" s="39"/>
+      <c r="F6" s="39"/>
+      <c r="G6" s="39"/>
+      <c r="H6" s="39"/>
+      <c r="I6" s="39"/>
+      <c r="J6" s="39"/>
+      <c r="K6" s="39"/>
+      <c r="L6" s="60"/>
+      <c r="M6" s="61"/>
+      <c r="N6" s="19" t="s">
+        <v>100</v>
+      </c>
+      <c r="O6" s="38"/>
+      <c r="P6" s="40"/>
+    </row>
+    <row r="7" spans="1:17" ht="75" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1"/>
+      <c r="E7" s="1"/>
+      <c r="F7" s="59" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="59"/>
+      <c r="H7" s="23"/>
+      <c r="I7" s="2"/>
+      <c r="J7" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L7" s="7"/>
+      <c r="M7" s="7"/>
+      <c r="N7" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="O7" s="38"/>
+      <c r="P7" s="40"/>
+    </row>
+    <row r="8" spans="1:17" ht="150.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="42"/>
+      <c r="D8" s="42"/>
+      <c r="E8" s="42"/>
+      <c r="F8" s="42"/>
+      <c r="G8" s="42"/>
+      <c r="H8" s="42"/>
+      <c r="I8" s="42"/>
+      <c r="J8" s="42"/>
+      <c r="K8" s="42"/>
+      <c r="L8" s="42"/>
+      <c r="M8" s="43"/>
+      <c r="N8" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="O8" s="38"/>
+      <c r="P8" s="40"/>
+    </row>
+    <row r="9" spans="1:17" ht="120" x14ac:dyDescent="0.25">
+      <c r="A9" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="1"/>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="E9" s="1"/>
+      <c r="F9" s="1"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+      <c r="J9" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L9" s="7"/>
+      <c r="M9" s="7"/>
+      <c r="N9" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O9" s="57" t="s">
+        <v>37</v>
+      </c>
+      <c r="P9" s="58"/>
+    </row>
+    <row r="10" spans="1:17" ht="30" x14ac:dyDescent="0.25">
+      <c r="A10" s="32" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="34" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="F10" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" s="34" t="s">
+        <v>12</v>
+      </c>
+      <c r="H10" s="34" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="J10" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="K10" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="L10" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="M10" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="N10" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="O10" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" s="56"/>
+    </row>
+    <row r="11" spans="1:17" ht="45" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" s="41" t="s">
+        <v>40</v>
+      </c>
+      <c r="C11" s="42"/>
+      <c r="D11" s="42"/>
+      <c r="E11" s="43"/>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="M11" s="25"/>
+      <c r="N11" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="O11" s="82"/>
+      <c r="P11" s="83"/>
+    </row>
+    <row r="12" spans="1:17" ht="255" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" s="41" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="42"/>
+      <c r="D12" s="42"/>
+      <c r="E12" s="42"/>
+      <c r="F12" s="42"/>
+      <c r="G12" s="42"/>
+      <c r="H12" s="42"/>
+      <c r="I12" s="42"/>
+      <c r="J12" s="42"/>
+      <c r="K12" s="42"/>
+      <c r="L12" s="42"/>
+      <c r="M12" s="43"/>
+      <c r="N12" s="14" t="s">
+        <v>101</v>
+      </c>
+      <c r="O12" s="84" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" s="85"/>
+    </row>
+    <row r="13" spans="1:17" ht="210" x14ac:dyDescent="0.25">
+      <c r="A13" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="C13" s="42"/>
+      <c r="D13" s="42"/>
+      <c r="E13" s="42"/>
+      <c r="F13" s="42"/>
+      <c r="G13" s="42"/>
+      <c r="H13" s="42"/>
+      <c r="I13" s="42"/>
+      <c r="J13" s="42"/>
+      <c r="K13" s="43"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="N13" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="O13" s="38"/>
+      <c r="P13" s="40"/>
+    </row>
+    <row r="14" spans="1:17" ht="30" x14ac:dyDescent="0.25">
+      <c r="A14" s="36" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="34" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="34" t="s">
+        <v>12</v>
+      </c>
+      <c r="H14" s="34" t="s">
+        <v>13</v>
+      </c>
+      <c r="I14" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="J14" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="K14" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="L14" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="M14" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="N14" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="O14" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" s="56"/>
+    </row>
+    <row r="15" spans="1:17" ht="195" x14ac:dyDescent="0.25">
+      <c r="A15" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="B15" s="9"/>
+      <c r="C15" s="44" t="s">
+        <v>48</v>
+      </c>
+      <c r="D15" s="45"/>
+      <c r="E15" s="46"/>
+      <c r="F15" s="3"/>
+      <c r="G15" s="50" t="s">
+        <v>49</v>
+      </c>
+      <c r="H15" s="51"/>
+      <c r="I15" s="52"/>
+      <c r="J15" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="K15" s="46"/>
+      <c r="L15" s="10"/>
+      <c r="M15" s="10"/>
+      <c r="N15" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="O15" s="86"/>
+      <c r="P15" s="87"/>
+    </row>
+    <row r="16" spans="1:17" ht="285" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C16" s="50" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" s="52"/>
+      <c r="E16" s="3"/>
+      <c r="F16" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G16" s="50" t="s">
+        <v>54</v>
+      </c>
+      <c r="H16" s="52"/>
+      <c r="I16" s="3"/>
+      <c r="J16" s="50" t="s">
+        <v>55</v>
+      </c>
+      <c r="K16" s="52"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
+      <c r="N16" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="O16" s="90"/>
+      <c r="P16" s="91"/>
+    </row>
+    <row r="17" spans="1:23" ht="75" x14ac:dyDescent="0.25">
+      <c r="A17" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B17" s="41" t="s">
+        <v>57</v>
+      </c>
+      <c r="C17" s="42"/>
+      <c r="D17" s="42"/>
+      <c r="E17" s="42"/>
+      <c r="F17" s="42"/>
+      <c r="G17" s="42"/>
+      <c r="H17" s="42"/>
+      <c r="I17" s="42"/>
+      <c r="J17" s="42"/>
+      <c r="K17" s="43"/>
+      <c r="L17" s="10"/>
+      <c r="M17" s="10"/>
+      <c r="N17" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="O17" s="89" t="s">
+        <v>59</v>
+      </c>
+      <c r="P17" s="89"/>
+    </row>
+    <row r="18" spans="1:23" ht="135" x14ac:dyDescent="0.25">
+      <c r="A18" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="B18" s="64" t="s">
+        <v>60</v>
+      </c>
+      <c r="C18" s="65"/>
+      <c r="D18" s="65"/>
+      <c r="E18" s="65"/>
+      <c r="F18" s="65"/>
+      <c r="G18" s="65"/>
+      <c r="H18" s="65"/>
+      <c r="I18" s="65"/>
+      <c r="J18" s="65"/>
+      <c r="K18" s="65"/>
+      <c r="L18" s="65"/>
+      <c r="M18" s="66"/>
+      <c r="N18" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="O18" s="75"/>
+      <c r="P18" s="76"/>
+    </row>
+    <row r="19" spans="1:23" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A19" s="31" t="s">
+        <v>62</v>
+      </c>
+      <c r="B19" s="47" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="92"/>
-[...2 lines deleted...]
-      <c r="F2" s="91" t="s">
+      <c r="C19" s="48"/>
+      <c r="D19" s="48"/>
+      <c r="E19" s="49"/>
+      <c r="F19" s="47" t="s">
         <v>2</v>
       </c>
-      <c r="G2" s="92"/>
-[...2 lines deleted...]
-      <c r="J2" s="91" t="s">
+      <c r="G19" s="48"/>
+      <c r="H19" s="48"/>
+      <c r="I19" s="49"/>
+      <c r="J19" s="47" t="s">
         <v>3</v>
       </c>
-      <c r="K2" s="92"/>
-[...2 lines deleted...]
-      <c r="N2" s="90" t="s">
+      <c r="K19" s="48"/>
+      <c r="L19" s="48"/>
+      <c r="M19" s="49"/>
+      <c r="N19" s="31" t="s">
         <v>4</v>
       </c>
-      <c r="O2" s="94" t="s">
+      <c r="O19" s="53" t="s">
         <v>5</v>
       </c>
-      <c r="P2" s="94"/>
-      <c r="Q2" s="1"/>
+      <c r="P19" s="53"/>
     </row>
-    <row r="3" spans="1:17" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B3" s="96" t="s">
+    <row r="20" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A20" s="36"/>
+      <c r="B20" s="33" t="s">
         <v>7</v>
       </c>
-      <c r="C3" s="97" t="s">
+      <c r="C20" s="34" t="s">
         <v>8</v>
       </c>
-      <c r="D3" s="97" t="s">
+      <c r="D20" s="34" t="s">
         <v>9</v>
       </c>
-      <c r="E3" s="97" t="s">
+      <c r="E20" s="34" t="s">
         <v>10</v>
       </c>
-      <c r="F3" s="97" t="s">
+      <c r="F20" s="34" t="s">
         <v>11</v>
       </c>
-      <c r="G3" s="97" t="s">
+      <c r="G20" s="34" t="s">
         <v>12</v>
       </c>
-      <c r="H3" s="97" t="s">
+      <c r="H20" s="34" t="s">
         <v>13</v>
       </c>
-      <c r="I3" s="97" t="s">
+      <c r="I20" s="34" t="s">
         <v>14</v>
       </c>
-      <c r="J3" s="97" t="s">
+      <c r="J20" s="34" t="s">
         <v>15</v>
       </c>
-      <c r="K3" s="97" t="s">
+      <c r="K20" s="34" t="s">
         <v>16</v>
       </c>
-      <c r="L3" s="98" t="s">
+      <c r="L20" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="M3" s="98" t="s">
+      <c r="M20" s="35" t="s">
         <v>18</v>
       </c>
-      <c r="N3" s="97" t="s">
+      <c r="N20" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="O3" s="99" t="s">
+      <c r="O20" s="56" t="s">
         <v>20</v>
       </c>
-      <c r="P3" s="99"/>
-      <c r="Q3" s="1"/>
+      <c r="P20" s="56"/>
     </row>
-    <row r="4" spans="1:17" ht="273.60000000000002" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="I4" s="11" t="s">
+    <row r="21" spans="1:23" ht="180" x14ac:dyDescent="0.25">
+      <c r="A21" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" s="67" t="s">
+        <v>29</v>
+      </c>
+      <c r="C21" s="68"/>
+      <c r="D21" s="68"/>
+      <c r="E21" s="68"/>
+      <c r="F21" s="68"/>
+      <c r="G21" s="68"/>
+      <c r="H21" s="68"/>
+      <c r="I21" s="68"/>
+      <c r="J21" s="68"/>
+      <c r="K21" s="68"/>
+      <c r="L21" s="68"/>
+      <c r="M21" s="69"/>
+      <c r="N21" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="O21" s="27" t="s">
+        <v>65</v>
+      </c>
+      <c r="P21" s="27" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q21" s="20" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="22" spans="1:23" ht="165" x14ac:dyDescent="0.25">
+      <c r="A22" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B22" s="64" t="s">
+        <v>29</v>
+      </c>
+      <c r="C22" s="65"/>
+      <c r="D22" s="65"/>
+      <c r="E22" s="65"/>
+      <c r="F22" s="65"/>
+      <c r="G22" s="65"/>
+      <c r="H22" s="65"/>
+      <c r="I22" s="65"/>
+      <c r="J22" s="65"/>
+      <c r="K22" s="65"/>
+      <c r="L22" s="65"/>
+      <c r="M22" s="66"/>
+      <c r="N22" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="O22" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="P22" s="24" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q22" s="92"/>
+      <c r="R22" s="88"/>
+      <c r="S22" s="88"/>
+      <c r="T22" s="88"/>
+      <c r="U22" s="92"/>
+      <c r="V22" s="93"/>
+      <c r="W22" s="28"/>
+    </row>
+    <row r="23" spans="1:23" ht="120" x14ac:dyDescent="0.25">
+      <c r="A23" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="B23" s="64" t="s">
+        <v>29</v>
+      </c>
+      <c r="C23" s="65"/>
+      <c r="D23" s="65"/>
+      <c r="E23" s="65"/>
+      <c r="F23" s="65"/>
+      <c r="G23" s="65"/>
+      <c r="H23" s="65"/>
+      <c r="I23" s="65"/>
+      <c r="J23" s="65"/>
+      <c r="K23" s="65"/>
+      <c r="L23" s="65"/>
+      <c r="M23" s="66"/>
+      <c r="N23" s="19" t="s">
+        <v>91</v>
+      </c>
+      <c r="O23" s="70" t="s">
+        <v>70</v>
+      </c>
+      <c r="P23" s="71"/>
+    </row>
+    <row r="24" spans="1:23" ht="63" x14ac:dyDescent="0.25">
+      <c r="A24" s="31" t="s">
+        <v>71</v>
+      </c>
+      <c r="B24" s="47" t="s">
+        <v>1</v>
+      </c>
+      <c r="C24" s="48"/>
+      <c r="D24" s="48"/>
+      <c r="E24" s="49"/>
+      <c r="F24" s="47" t="s">
+        <v>2</v>
+      </c>
+      <c r="G24" s="48"/>
+      <c r="H24" s="48"/>
+      <c r="I24" s="49"/>
+      <c r="J24" s="47" t="s">
+        <v>3</v>
+      </c>
+      <c r="K24" s="48"/>
+      <c r="L24" s="48"/>
+      <c r="M24" s="49"/>
+      <c r="N24" s="31" t="s">
+        <v>4</v>
+      </c>
+      <c r="O24" s="53" t="s">
+        <v>5</v>
+      </c>
+      <c r="P24" s="53"/>
+    </row>
+    <row r="25" spans="1:23" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="36"/>
+      <c r="B25" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="C25" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="34" t="s">
+        <v>9</v>
+      </c>
+      <c r="E25" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="F25" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="34" t="s">
+        <v>12</v>
+      </c>
+      <c r="H25" s="34" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="J25" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="K25" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="L25" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="M25" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="N25" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="O25" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" s="56"/>
+    </row>
+    <row r="26" spans="1:23" ht="360" x14ac:dyDescent="0.25">
+      <c r="A26" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="B26" s="8" t="s">
         <v>23</v>
       </c>
-      <c r="J4" s="11" t="s">
+      <c r="C26" s="3"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="K4" s="11" t="s">
+      <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="L4" s="33"/>
-[...8 lines deleted...]
-      <c r="Q4" s="1"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="J26" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" s="3"/>
+      <c r="L26" s="7"/>
+      <c r="M26" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="N26" s="29" t="s">
+        <v>73</v>
+      </c>
+      <c r="O26" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="P26" s="22" t="s">
+        <v>75</v>
+      </c>
     </row>
-    <row r="5" spans="1:17" ht="129.6" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="I5" s="11" t="s">
+    <row r="27" spans="1:23" ht="150" x14ac:dyDescent="0.25">
+      <c r="A27" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B27" s="1"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="J27" s="2"/>
+      <c r="K27" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="L27" s="7"/>
+      <c r="M27" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N27" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="O27" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="P27" s="73"/>
+    </row>
+    <row r="28" spans="1:23" ht="300" x14ac:dyDescent="0.25">
+      <c r="A28" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="B28" s="50" t="s">
+        <v>29</v>
+      </c>
+      <c r="C28" s="51"/>
+      <c r="D28" s="51"/>
+      <c r="E28" s="51"/>
+      <c r="F28" s="51"/>
+      <c r="G28" s="51"/>
+      <c r="H28" s="51"/>
+      <c r="I28" s="51"/>
+      <c r="J28" s="51"/>
+      <c r="K28" s="51"/>
+      <c r="L28" s="51"/>
+      <c r="M28" s="52"/>
+      <c r="N28" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="O28" s="74" t="s">
+        <v>89</v>
+      </c>
+      <c r="P28" s="74"/>
+    </row>
+    <row r="29" spans="1:23" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="36" t="s">
+        <v>106</v>
+      </c>
+      <c r="B29" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="C29" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="34" t="s">
+        <v>9</v>
+      </c>
+      <c r="E29" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="F29" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="34" t="s">
+        <v>12</v>
+      </c>
+      <c r="H29" s="34" t="s">
+        <v>13</v>
+      </c>
+      <c r="I29" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="J29" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="K29" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="L29" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="M29" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="N29" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="O29" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" s="56"/>
+    </row>
+    <row r="30" spans="1:23" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="B30" s="12"/>
+      <c r="C30" s="12"/>
+      <c r="D30" s="12"/>
+      <c r="E30" s="12"/>
+      <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="J5" s="11" t="s">
+      <c r="G30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="K5" s="11" t="s">
+      <c r="H30" s="12"/>
+      <c r="I30" s="12"/>
+      <c r="J30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="L5" s="13"/>
-[...12 lines deleted...]
-      </c>
+      <c r="K30" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L30" s="12"/>
+      <c r="M30" s="12"/>
+      <c r="N30" s="62" t="s">
+        <v>83</v>
+      </c>
+      <c r="O30" s="77"/>
+      <c r="P30" s="78"/>
     </row>
-    <row r="6" spans="1:17" ht="86.4" x14ac:dyDescent="0.3">
-      <c r="A6" s="5" t="s">
+    <row r="31" spans="1:23" ht="45" x14ac:dyDescent="0.25">
+      <c r="A31" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B31" s="12"/>
+      <c r="C31" s="12"/>
+      <c r="D31" s="12"/>
+      <c r="E31" s="12"/>
+      <c r="F31" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H31" s="12"/>
+      <c r="I31" s="12"/>
+      <c r="J31" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L31" s="12"/>
+      <c r="M31" s="12"/>
+      <c r="N31" s="63"/>
+      <c r="O31" s="79"/>
+      <c r="P31" s="80"/>
+    </row>
+    <row r="32" spans="1:23" ht="45" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B32" s="21"/>
+      <c r="C32" s="21"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="21"/>
+      <c r="F32" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H32" s="21"/>
+      <c r="I32" s="21"/>
+      <c r="J32" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="L32" s="21"/>
+      <c r="M32" s="21"/>
+      <c r="N32" s="63"/>
+      <c r="O32" s="81"/>
+      <c r="P32" s="61"/>
+    </row>
+    <row r="33" spans="1:23" ht="135" x14ac:dyDescent="0.25">
+      <c r="A33" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B33" s="38" t="s">
         <v>29</v>
       </c>
-      <c r="B6" s="48" t="s">
-[...693 lines deleted...]
-      <c r="I27" s="2" t="s">
+      <c r="C33" s="39"/>
+      <c r="D33" s="39"/>
+      <c r="E33" s="39"/>
+      <c r="F33" s="39"/>
+      <c r="G33" s="39"/>
+      <c r="H33" s="39"/>
+      <c r="I33" s="39"/>
+      <c r="J33" s="39"/>
+      <c r="K33" s="39"/>
+      <c r="L33" s="39"/>
+      <c r="M33" s="40"/>
+      <c r="N33" s="13" t="s">
         <v>87</v>
       </c>
-      <c r="J27" s="3"/>
-[...56 lines deleted...]
-      <c r="A29" s="101" t="s">
+      <c r="O33" s="24" t="s">
         <v>92</v>
       </c>
-      <c r="B29" s="96" t="s">
-[...51 lines deleted...]
-      <c r="A30" s="5" t="s">
+      <c r="P33" s="30" t="s">
         <v>93</v>
       </c>
-      <c r="B30" s="16"/>
-[...135 lines deleted...]
-      <c r="W33" s="1">
+      <c r="W33">
         <f>B30+A32:AB32</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="56">
+    <mergeCell ref="O30:P32"/>
+    <mergeCell ref="O11:P11"/>
+    <mergeCell ref="O12:P12"/>
+    <mergeCell ref="O13:P13"/>
+    <mergeCell ref="O15:P15"/>
+    <mergeCell ref="O16:P16"/>
+    <mergeCell ref="O19:P19"/>
+    <mergeCell ref="O24:P24"/>
+    <mergeCell ref="O25:P25"/>
+    <mergeCell ref="O29:P29"/>
+    <mergeCell ref="O28:P28"/>
+    <mergeCell ref="O23:P23"/>
+    <mergeCell ref="O27:P27"/>
+    <mergeCell ref="B18:M18"/>
+    <mergeCell ref="B17:K17"/>
+    <mergeCell ref="O14:P14"/>
+    <mergeCell ref="O20:P20"/>
+    <mergeCell ref="O17:P17"/>
+    <mergeCell ref="O18:P18"/>
+    <mergeCell ref="B11:E11"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="B8:M8"/>
+    <mergeCell ref="B6:M6"/>
+    <mergeCell ref="N30:N32"/>
+    <mergeCell ref="B22:M22"/>
+    <mergeCell ref="B21:M21"/>
+    <mergeCell ref="B23:M23"/>
+    <mergeCell ref="O2:P2"/>
+    <mergeCell ref="O3:P3"/>
+    <mergeCell ref="E4:G4"/>
+    <mergeCell ref="A1:P1"/>
+    <mergeCell ref="O10:P10"/>
+    <mergeCell ref="B2:E2"/>
+    <mergeCell ref="F2:I2"/>
+    <mergeCell ref="J2:M2"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="O6:P6"/>
+    <mergeCell ref="O7:P7"/>
+    <mergeCell ref="O8:P8"/>
+    <mergeCell ref="O9:P9"/>
     <mergeCell ref="B33:M33"/>
     <mergeCell ref="B13:K13"/>
     <mergeCell ref="B12:M12"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="G15:I15"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="B19:E19"/>
     <mergeCell ref="F19:I19"/>
     <mergeCell ref="J19:M19"/>
     <mergeCell ref="B24:E24"/>
     <mergeCell ref="F24:I24"/>
     <mergeCell ref="J24:M24"/>
     <mergeCell ref="B28:M28"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="G16:H16"/>
     <mergeCell ref="J16:K16"/>
-    <mergeCell ref="O2:P2"/>
-[...38 lines deleted...]
-    <mergeCell ref="O28:P28"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="O4" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="O5" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="O9" r:id="rId3" display="https://department.flemingcollege.ca/pcr/programs/" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
-    <hyperlink ref="O22" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
-[...22 lines deleted...]
-    <hyperlink ref="O12:P12" r:id="rId27" display="Webex Meetings" xr:uid="{5BC7C0DD-5D09-440A-B9AE-EC3993604F37}"/>
+    <hyperlink ref="O22" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="O26" r:id="rId5" display="https://department.flemingcollege.ca/ro/transfer-credits/" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="P26" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="O27" r:id="rId7" display="https://department.flemingcollege.ca/ao/course-outlines/" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="O33" r:id="rId8" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="P22" r:id="rId9" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="O23" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="O17" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="P5" r:id="rId12" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="P21" r:id="rId13" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
+    <hyperlink ref="O21" r:id="rId14" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
+    <hyperlink ref="Q21" r:id="rId15" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="O28" r:id="rId16" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
+    <hyperlink ref="P33" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="O12" r:id="rId18" display="https://department.flemingcollege.ca/lds/learning-technology/webex-meetings/" xr:uid="{9F62775D-DCD1-4CC1-8FD4-ECB397AD4AB1}"/>
+    <hyperlink ref="O12:P12" r:id="rId19" display="Webex Meetings" xr:uid="{5BC7C0DD-5D09-440A-B9AE-EC3993604F37}"/>
   </hyperlinks>
   <pageMargins left="0.98425196850393704" right="0.98425196850393704" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup scale="45" fitToHeight="0" orientation="landscape" r:id="rId28"/>
-  <drawing r:id="rId29"/>
+  <pageSetup scale="45" fitToHeight="0" orientation="landscape" r:id="rId20"/>
+  <drawing r:id="rId21"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="e9e812cf-73e6-4ec8-bdde-892e8f4a1083">
+      <UserInfo>
+        <DisplayName>Coordinator TK Committee Members</DisplayName>
+        <AccountId>7</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008F9D5E366E7EED428EC02BF210F08179" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d8bce6920c394be3adc7c7786609692a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="346ee60d-781b-476f-82a4-da4bb8a57b86" xmlns:ns3="e9e812cf-73e6-4ec8-bdde-892e8f4a1083" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8bf01aaef4311a84b2638ba97a504ec0" ns2:_="" ns3:_="">
     <xsd:import namespace="346ee60d-781b-476f-82a4-da4bb8a57b86"/>
     <xsd:import namespace="e9e812cf-73e6-4ec8-bdde-892e8f4a1083"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="346ee60d-781b-476f-82a4-da4bb8a57b86" elementFormDefault="qualified">
@@ -3195,103 +3073,98 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCA645CB-573A-4EE1-ADD7-023DF085BFA7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89B2A799-DEEF-4A00-8841-B5D4469DAF89}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="346ee60d-781b-476f-82a4-da4bb8a57b86"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="e9e812cf-73e6-4ec8-bdde-892e8f4a1083"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41FEA41E-F8E1-4F30-A0C3-FB15A969A677}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="346ee60d-781b-476f-82a4-da4bb8a57b86"/>
     <ds:schemaRef ds:uri="e9e812cf-73e6-4ec8-bdde-892e8f4a1083"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89B2A799-DEEF-4A00-8841-B5D4469DAF89}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCA645CB-573A-4EE1-ADD7-023DF085BFA7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="346ee60d-781b-476f-82a4-da4bb8a57b86"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>D&amp;S COORDINATOR DUTIES TIMELINE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>