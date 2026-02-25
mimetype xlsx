--- v0 (2025-10-16)
+++ v1 (2026-02-25)
@@ -4,89 +4,89 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="25629"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\COORDINATOR TOOLKIT\WEB DOCS\START HERE TAB\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jenny\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{11C75AAE-7FBB-445B-B507-4B8772F5599F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A22D8E8F-151A-44C9-8E96-E580B0970826}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PRG COORDINATOR DUTIES TIMELINE" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'PRG COORDINATOR DUTIES TIMELINE'!$A$3:$T$78</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="611" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="603" uniqueCount="223">
   <si>
     <t>1.  PROGRAM RESPONSIBILITIES</t>
   </si>
   <si>
     <t>FALL</t>
   </si>
   <si>
     <t>WINTER</t>
   </si>
   <si>
     <t>SPRING/SUMMER</t>
   </si>
   <si>
     <t>EXPLANATION</t>
   </si>
   <si>
     <t>RESOURCES</t>
   </si>
   <si>
     <t>1.1 Curriculum Renewal for the program</t>
   </si>
   <si>
     <t>SEPT</t>
   </si>
   <si>
@@ -144,53 +144,50 @@
       </rPr>
       <t>annual</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> curriculum renewal for the program. </t>
     </r>
   </si>
   <si>
     <t>X</t>
   </si>
   <si>
     <t>Annual Program Review (Formally Annual Curriculum Review)</t>
   </si>
   <si>
     <t xml:space="preserve">1.1b  Collaborates with Learning Design &amp; Support Team, program teams and discipline teams. </t>
   </si>
   <si>
-    <t>Coordinators should access supports such as their Chair, the new Quality Assurance Team, Disicpline/Subject Coordinators and their teams, and the Learning Design and Support Team to assist with data collection (particularly mapping of the disicpline courses in a program), writing the report and getting feedback on formatting and content in order to complete the documents required.</t>
-[...1 lines deleted...]
-  <si>
     <t>Learning Design and Support Team (LDS)</t>
   </si>
   <si>
     <t>Quality Assurance</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">1.1c  In conjunction with the faculty team, ensure that the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>annual</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
@@ -222,649 +219,403 @@
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> are the forms completed yearly by Coordinators for their programs.  In addition, Coordinators will require the most up-to-date curriculum maps that identify the Program Standards or Vocational Learning Outcomes (VLOs) and the Essential Employability Skills Outcomes (EES) for each course taught in the program.   These include GAS courses and organizational courses that may be taught by faculty across Schools.                                                                                                                                                                                                 </t>
     </r>
   </si>
   <si>
     <t>Program Review Repository</t>
   </si>
   <si>
     <t>1.2 Program-related Contacts</t>
   </si>
   <si>
     <t xml:space="preserve">1.2a  Develops and maintains a network of program-related contacts   </t>
   </si>
   <si>
     <t>X - Ongoing but review and update in Fall</t>
   </si>
   <si>
     <t xml:space="preserve">Coordinators should organize a list of contacts and keep updating it regularly. </t>
   </si>
   <si>
-    <t>1.2b   Attends local, regional or provincial meetings.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">X - Ongoing as the level of participation is dependent on workload negotiations between Coordinators and Chairs/Deans </t>
   </si>
   <si>
     <t>Attending the School-related and provincial Coordinator meetings provides opportunities to network across disciplines and across Ontario.  Coordinators get opportunities to hear about what other like-programs are doing and be a part of projects that address common struggles with students and curriculum.  If the amount of time is going to increase the amount of hours per week that are allotted for coordinating on your standard workload form (SWF) or letter of employment (contract), negotiate with your Chair about adding more time to lead and/or participate on sub-committees of professional interest and/or that benefit the college.</t>
   </si>
   <si>
     <t>1.2c  Act as a program advocate at Fleming and external communities, including alumni</t>
   </si>
   <si>
     <t>X - Ongoing</t>
   </si>
   <si>
     <t xml:space="preserve">Participating fully in committees and meetings inside and outside the college and within the industry provide further opportunities to network.   Often Coordinators get requests to participate in small committee work happening at the College with service areas and Academic Operations which can help further understanding of what each department does and how to better work together.  Participating in external committees also gives Coordinators a chance to promote their programs and see if there can be mutually beneficial partnerships to cultivate.  If scope of involvement expands beyond advocacy, Coordinators can review their workload/contract with their Chair.    </t>
   </si>
   <si>
     <t>1.2d  Key point of contact with industry, business and the community</t>
   </si>
   <si>
     <t xml:space="preserve">Industry and business leaders in the community look for key people to connect with from the College to develop mutually beneficial partnerships.  It is common for Coordinators to develop these relationships in order to create and sustain learning opportunities for students in the form of  placements, apprenticeships, co-ops, and applied research projects.  Also, Coordinators receive information and advice on industry changes and trends so that these are addressed in the curriculum and expectations of students in their program of study.  </t>
   </si>
   <si>
     <t>1.2e  Respond to program inquiries from the public (e.g. students, parents, high school teachers, counselors)</t>
   </si>
   <si>
     <t xml:space="preserve">1.2f  Provides update to Deans/Chairs ( e.g. legislative changes, certification changes, industry-related technological changes) </t>
   </si>
   <si>
-    <t>X - Before Winter SWF and Course Outlines</t>
-[...4 lines deleted...]
-  <si>
     <t>X -  Before Fall SWF and Course Outlines</t>
   </si>
   <si>
-    <t xml:space="preserve">Although changes that impact programs can happen at anytime, setting up  a meeting with the Dean/Chair between each semester can be helpful for preliminary decisions related to budget, software, equipment and supplies, time required to redesign or develop new curriculum, etc.  </t>
-[...1 lines deleted...]
-  <si>
     <t>1.3 Program and Coordinator Meetings</t>
   </si>
   <si>
     <t>1.3a  Seeks approval from Chair for required program meetings</t>
   </si>
   <si>
     <t>X - before Winter SWF</t>
   </si>
   <si>
     <t xml:space="preserve">X -before Spring/Summer SWF  </t>
   </si>
   <si>
     <t>X - before Fall SWF</t>
   </si>
   <si>
-    <t xml:space="preserve">It's important to be mindful of Coordinator and faculty demands and official workloads during the semester.  This is in order to ensure the frequency and length of the meetings is realistic for completing any tasks decided upon by the Chair and/or through the Annual Program Review of the previous Academic year. Coordinators should organize a meeting with the Dean/Chair between each semester for official approval and then write and send to the Chair a brief written summary of decisions made about the amount of meetings.  </t>
-[...1 lines deleted...]
-  <si>
     <t>1.3b  Sets meeting times, develops agenda, coordinates and chairs program meetings and sends meeting minutes to the Chair</t>
   </si>
   <si>
     <t>X - create schedule</t>
   </si>
   <si>
     <t xml:space="preserve">X - agenda, meeting, minutes </t>
   </si>
   <si>
     <t>X - agenda, meeting, minutes</t>
   </si>
   <si>
     <t>X - schedule, agenda, meeting, minutes</t>
   </si>
   <si>
     <t>1.3c  Participates in Program Coordinator meetings</t>
   </si>
   <si>
     <t>1.4 Program Advisory Committee Meetings</t>
   </si>
   <si>
     <t>1.4a  Assist the Dean with convening of meetings and agenda preparation; provide advice on content of meeting minutes; ensure advisory committee members are aware of specific program-related activities (e.g. complete Coordinator report)</t>
   </si>
   <si>
     <t>X - when the annual meeting is scheduled determines timelines for preparation</t>
   </si>
   <si>
-    <t xml:space="preserve">Coordinators are responsible for providing a written annual report within the PAC document that will be read by the Dean and Chair and the committee members. It includes information about job market, trends, Key Performance Indicators (KPIs), changes to the program, etc.   It is also referred to in the PAC meeting and is kept by the College in order to be able to review the information at any time.  </t>
-[...1 lines deleted...]
-  <si>
     <t>Program Advisory Committee (PAC)</t>
   </si>
   <si>
     <t>1.4b  Participate as a non-voting member in committee meetings</t>
   </si>
   <si>
     <t>X - attendance and participation in meeting when it is scheduled</t>
   </si>
   <si>
     <t>1.4c  Recommends membership </t>
   </si>
   <si>
     <t xml:space="preserve">X - review of membership and recommendations for new membership should occur during preparation </t>
   </si>
   <si>
     <t>Coordinators should discuss new members with the Chair and the program team before sending invitations.  It is important to consider all views on potential new members' expertise, fit, and benefits to the program/College.</t>
   </si>
   <si>
-    <t>1.5 Program Budget – assists with activities including:</t>
-[...1 lines deleted...]
-  <si>
     <t>1.5a  Consults with program team and provides input to the Chair/Academic Service Leader on operating and capital needs</t>
   </si>
   <si>
     <t xml:space="preserve"> X </t>
   </si>
   <si>
-    <t>There is program budget spreadsheet created each year for each program with already populated categories that include but aren't limited to:  duplicating, training, supplies, professional memberships for programs (accreditation or regulatory bodies, not faculty professional memberships).  While Coordinators can look at the program budget on Evolve using the Navigation system at any time, typically Coordinators receive a copy of the program budget annually with opportunities to review previous, current and future costs with the program team and also with the Chair or designate.  While consultations should occur during the budget review period for the next Academic year, a review may also occur during Annual Program Review and certainly during the Cyclical Program Review which occurs every 3-5 years .</t>
-[...1 lines deleted...]
-  <si>
     <t>1.5b  Monitors program expenses</t>
   </si>
   <si>
     <t>X - ongoing</t>
   </si>
   <si>
     <t xml:space="preserve">Most programs are given a certain amount of money per Academic year to spend on specific items (see list above in 1.5a).  Coordinators may be made aware or will be aware prior to budget review of expenses by Chairs/Deans if they are over or under the allotted amount.  </t>
   </si>
   <si>
-    <t>1.5c  Recommends purchases for programs</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Discussions and recommendations by the program team and Coordinator should be made to the Chair or designate during the budget review period for the next Academic year. Additional recommendations or changes to the original recommendations may occur during Annual Program Review and Cyclical Program Review.  Additional items that may require funds from the program in the current Academic year must be made known to the Coordinator and requested and approved by the Chairs or Deans.  </t>
   </si>
   <si>
     <t>2.  STUDENT AND FACULTY SUPPORT</t>
   </si>
   <si>
     <t>2.1  Student Liaison</t>
   </si>
   <si>
     <t>2.1a  Participate in meetings with student representation for open dialogue on student needs and program requirements</t>
   </si>
   <si>
-    <t>2.2  Provide advice and guidance to students in assessing individual academic support from point of entry to point of exit:</t>
-[...1 lines deleted...]
-  <si>
     <t>2.2a  Primary contact for students regarding academic processes, policies and procedure</t>
   </si>
   <si>
     <t>X - ongoing as per student need</t>
   </si>
   <si>
     <t>X - for Fall semester</t>
   </si>
   <si>
     <t>Policies and Regulations</t>
   </si>
   <si>
     <t>2.2b  Assist students, as required, in their progress towards their academic goals (e.g.  development of an educational or accommodation plan, career  goals, field placements, re-evaluating progress toward academic goals)</t>
   </si>
   <si>
     <t>X - for Fall and Winter semester</t>
   </si>
   <si>
     <t>X - for Winter semester</t>
   </si>
   <si>
     <t>X - for Winter and Spring/Summer semester</t>
   </si>
   <si>
-    <t xml:space="preserve">Students with or without additional formal and informal supports may contact Coordinators prior or just upon entering a program due to anticipated need for accommodations related to accessibility, learning, mental health, etc.  Other students may make this contact some time after the point of entry due to challenges they are experiencing in thier chosen program or to talk about placement, job, and pathway opportunities.  Acquiring information and knowledge prior about internal/external services, resources, and links can very much assist students to access available and meaningful supports.  In addition,  it is helpful to know specific dates and steps related to items students have to seek from the Registrar's Office like Add/Drop/Swap; withdrawal dates; internal program transfers, paying tuition, etc.  </t>
-[...1 lines deleted...]
-  <si>
     <t>Accessible Education Services</t>
   </si>
   <si>
     <t>Academic Schedule</t>
   </si>
   <si>
     <t>Counselling Services</t>
   </si>
   <si>
     <t>Registrar's Office</t>
   </si>
   <si>
-    <t>2.3  Provides peer guidance and assistance to faculty (e.g. Course outlines, marking practices and policies, textbook ordering, academic policies):</t>
-[...1 lines deleted...]
-  <si>
     <t>2.3a  Key contact for faculty regarding academic processes (course outlines, D2L, academic integrity), policies and procedures</t>
   </si>
   <si>
-    <t xml:space="preserve">Coordinators are to respond to faculty seeking support around doing the work.  These may include but is not limited to:  rolling over and completing course outlines for the next semester, small D2L issues and concerns about student conduct, breaches of academic integrity, accommodation requests, etc.  </t>
-[...1 lines deleted...]
-  <si>
     <t>Course Outline Guides</t>
   </si>
   <si>
     <t>2.3b  Program Orientation for new hires</t>
   </si>
   <si>
     <t>X - for Spring/Summer semester</t>
   </si>
   <si>
     <t>Colleges of Applied Arts and Technology (CAAT) - Academic Employees Collective Agreement</t>
   </si>
   <si>
     <t>2.3c  Identifies resources for faculty and students to support their needs</t>
   </si>
   <si>
-    <r>
-[...30 lines deleted...]
-  <si>
     <t>Student Rights and Responsibilities</t>
   </si>
   <si>
     <t>Indigenous Student Services</t>
   </si>
   <si>
     <t>International Student Services</t>
   </si>
   <si>
-    <t>Tutoring and Academic Skills</t>
-[...1 lines deleted...]
-  <si>
     <t>Accessibility Education Services</t>
   </si>
   <si>
     <t>2.3d  Embeds and reinforces “Guidelines for Professional Practice and “Core Promise to Students” in the culture of Fleming</t>
   </si>
   <si>
     <t>2.3e  Assist in problem solving with faculty and student issues</t>
   </si>
   <si>
     <t>2.3f  Advise Chair of faculty-related issues brought to their attention by students, following confirmation that students have followed proper processes</t>
   </si>
   <si>
     <t xml:space="preserve">It is common for students to contact their Coordinator to make a complaint about the conduct of a fellow faculty, a particular course, or a College service.  If the Coordinator has followed 2.3e whereby students are re-directed to the particular faculty first or support staff, the students have followed the appropriate processes and they remain dissatisfied with the results, Coordinators may inform the Chair of potential student concerns.   </t>
   </si>
   <si>
     <t>2.3g  Facilitate tasks and activities of the program team</t>
   </si>
   <si>
     <t>3  ACADEMIC RESPONSIBILITIES</t>
   </si>
   <si>
-    <t>3.1  Facilitate course exemptions process:</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">3.1a  Process and approve program course exemptions </t>
-  </si>
-[...24 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Prior Learning Assessment and Recognition (PLAR)</t>
   </si>
   <si>
     <t xml:space="preserve">3.1b  Evaluate and advise direct entry applicants  </t>
   </si>
   <si>
     <t>X - ongoing as per student demand</t>
   </si>
   <si>
     <r>
       <t>3.2</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Course outlines</t>
     </r>
   </si>
   <si>
     <t>3.2a Reviews course outlines and submits to the Chair</t>
   </si>
   <si>
-    <t>Faculty are to complete electronic course outlines and send them to the Coordinator for review.  After a review, the Coordinator seeks out further information from the faculty about a course outline if needed, however, once satisfied, the Coordinator then approves them at the Coordinator level and then sends them for Chair approval.  Typically, course outlines are completed  and approved by all involved a month or more prior to the next semester start date.</t>
-[...1 lines deleted...]
-  <si>
     <t>Academic Operations - Course Outlines</t>
   </si>
   <si>
     <t>3.3  Enrolment</t>
   </si>
   <si>
     <t xml:space="preserve">3.3a  Provides end-of-semester enrolment predictions to the Chair </t>
-  </si>
-[...45 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t>3.4</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Workload process</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">3.4a  As the program content expert, provides input to the workload process, skill set required, operational requirements, assists the Chair with faculty recruitment </t>
   </si>
   <si>
-    <t xml:space="preserve">Hiring criteria that is kept in Human Resources for programs is to be used when identifying skill-set for courses needing staffing.  If a hiring criteria does not exist or requires updating, consultation should be done with the School Human Resources representative, the Chair and Dean,  the program team, and possibly PAC.  Coordinators and other faculty may provide names of professionals from their industry that meet the hiring criteria to the Chair at any time in the Academic year for consideration.  Those potential candidates apply through the online application system developed by HR.  When full-time positions are being sought for a program, Coordinators are often asked to participate in the hiring committee with the Chair/Dean, the Human Resources representative for the School and perhaps other community members/stakeholders if the position is quite specialized ie. hiring for a faculty that will be teaching content about First Nations Inuit and Metis peoples.  </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">3.5  Curriculum Verification
  </t>
   </si>
   <si>
     <t>3.5a  Confirms program curriculum for both the academic year and post-secondary calendar ensuring faculty are involved</t>
-  </si>
-[...1 lines deleted...]
-    <t>Verifying the courses, the delivery methods, the number of sections, the supplies/equipment needed, the room/space requirement over the next 18 months (covers both the Academic year Fall-to end of Summer) and the Calendar year (Winter to end of Fall) is important for  accuracy so that all Academic and service areas of the College can realistically meet the student needs.  Coordinators are often asked to review this information on a spreadsheet and then document any changes in writing in consultation with the program team prior to returning the document to the Chair.  Note: Room specifications (ie. labs, particular room requests) will drive/affect timetables - so the need for room specifications should be carefully considered (balance between student classroom experience and student timetables)</t>
   </si>
   <si>
     <r>
       <t>3.6</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Timetable Verification:</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">3.6a  Reviews draft timetables for errors/omissions in consultation with program faculty and technical support </t>
   </si>
   <si>
     <t>3.7  Academic Progression</t>
   </si>
   <si>
     <t>3.7a  Meets with students identified for academic progression and complete progression documentation</t>
   </si>
   <si>
-    <t>X - Progression from Winter or Spring/Summer semester</t>
-[...1 lines deleted...]
-  <si>
     <t>X - Progression from the Fall to Winter semester</t>
   </si>
   <si>
     <t>X - Progression from Winter to Spring/Summer semeser or Fall semester</t>
   </si>
   <si>
     <t>3.7b  Develops contracts for students on probation</t>
   </si>
   <si>
-    <r>
-[...27 lines deleted...]
-  <si>
     <t>3.7c  Monitors students on academic probation</t>
   </si>
   <si>
     <t xml:space="preserve">For encouraging contract accountability as well as celebrating successes and supporting any set-backs with the students, schedule ten-minute check-in meetings with students once per month  (four times throughout the semester).  Make them the same day and time throughout the semester where it doesn't interfere with their timetable or work/family schedule.  If a student does not attend a scheduled meeting and gives no notice, it is their responsibility to connect with the Coordinator between then and the next meeting.  For record-keeping, Coordinators can document both missed meetings and a summary of attended meetings which can also be electronically sent to the student.  </t>
   </si>
   <si>
     <t xml:space="preserve">3.7d  Recommends to Chairs for student to step out if not meeting contract </t>
   </si>
   <si>
     <t>X - withdrawal from courses that are less than 8  weeks</t>
   </si>
   <si>
     <t>X - withdrawal from courses that are more than 8 weeks</t>
   </si>
   <si>
-    <r>
-[...24 lines deleted...]
-  <si>
     <t xml:space="preserve">3.8a  Assist the Dean with identifying and facilitating articulation/pathway opportunities </t>
   </si>
   <si>
     <t xml:space="preserve">Coordinators may be in a position to inform and participate in the development of potential partnerships with other academic institutions.  Along with the Deans and Chairs,  the Education Pathways department is responsible for the majority of the analysis of the benefits and fit with the College Strategic Mandate as well as creating and updating any articulation agreements and pathways.  </t>
   </si>
   <si>
-    <r>
-[...24 lines deleted...]
-  <si>
     <t xml:space="preserve">3.9a  Provides guidance around process, timelines and procedures </t>
-  </si>
-[...1 lines deleted...]
-    <t>An academic appeal is when a student believes that the mark  or final grade in a course is inaccurate in some way.  Guidance and support can be most helpful to students and faculty before an Academic Appeal is initiated.  Show students the online guide where they can think through whether or not they have tried to resolve the issue prior and if it meets the grounds for appeal.  Grounds for appeal include merit of work, personal bias/unfair treatment, extenuating circumstances, and course management.  This also can be a helpful exercise to work through with faculty to ensure they also have attempted to resolve the issues previously and to evaluate the issues without bias.  It is helpful to have the flow chart for appeal process printed and pinned on bulletin board - have this resource readily available saves time when responding to student inquiries</t>
   </si>
   <si>
     <t>Academic Issue Resolution website under Academic and Student Advisement</t>
   </si>
   <si>
     <t xml:space="preserve">3.9b  Provides relevant information to the faculty or Dean regarding student's overall success in the program </t>
   </si>
   <si>
     <t xml:space="preserve">Coordinators may provide information to faculty and/or Deans/Chairs when they anticipate or know that a student will likely appeal a grade in a course in their program of study.  Deans may also request information about the student's academic progress in a program as related to the grounds for appeal.  </t>
   </si>
   <si>
     <r>
       <t>3.10</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">  </t>
     </r>
     <r>
@@ -873,162 +624,99 @@
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Academic Awards</t>
     </r>
   </si>
   <si>
     <t>3.10a  Champions new awards and criteria</t>
   </si>
   <si>
     <t>X - during budget review</t>
   </si>
   <si>
     <t xml:space="preserve">3.10b  Consults with faculty to select recipients; submit marks for awards process </t>
   </si>
   <si>
     <t xml:space="preserve">3.10c  Attends Awards ceremony </t>
   </si>
   <si>
     <t>3.11  Convocation</t>
   </si>
   <si>
-    <t xml:space="preserve">3.11a  Processes graduate audit in conjunction with Registrars’ Office </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">3.11b  Attends convocation </t>
   </si>
   <si>
-    <t xml:space="preserve">3.12  School-related activities - As the Program champion, assists the Chair in areas such as: </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">3.12a  Provides input to Chair regarding academic strategies </t>
   </si>
   <si>
     <t xml:space="preserve">3.12b  Provides input to the Chair regarding strategic program resource requirements </t>
   </si>
   <si>
     <t xml:space="preserve">3.12c  Identifies trends from their field of expertise </t>
   </si>
   <si>
     <t>3.12d  Identifies enrolment growth opportunities to academic delivery</t>
   </si>
   <si>
     <t xml:space="preserve">3.12e  Contributes to solutions to resolve enrolment challenges </t>
   </si>
   <si>
     <t xml:space="preserve">3.12f  Provides input on retention and student success </t>
   </si>
   <si>
     <t xml:space="preserve">X </t>
   </si>
   <si>
     <t xml:space="preserve">3.12g  Participate in program marketing, recruitment, conversion activities and other special events (e.g. Open House, Welcome Days, Orientation, College Information Program (CIP), etc.) </t>
   </si>
   <si>
     <t>X - Orientation for Fall intake</t>
   </si>
   <si>
     <t>X - Open House</t>
   </si>
   <si>
     <t>X - Orientation for Winter intake</t>
   </si>
   <si>
-    <t>X - Orientation for Spring/Summer intake</t>
-[...1 lines deleted...]
-  <si>
     <t>Alumni and Advancement Relations Office</t>
   </si>
   <si>
-    <t>Meeting Effectiveness Resources (HR)</t>
-[...1 lines deleted...]
-  <si>
     <t>Purchasing Department Available Forms</t>
   </si>
   <si>
-    <r>
-[...22 lines deleted...]
-  <si>
     <t>Working at Fleming</t>
   </si>
   <si>
     <t>Fleming Faculty Union Stewards</t>
   </si>
   <si>
     <t xml:space="preserve">Each program is unique in how it operates and the services it provides to students and stakeholders.  Examples of tasks and activities may be related to placements, events planning, fundraising, professional development, etc.  </t>
-  </si>
-[...22 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">The Chair will provide a copy of the a chart with all of the courses by semester that will be taught in upcoming semester.  </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>It is recommended</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Coordinators check for accuracy about who will be teaching/instructing/supporting, the number of sections, the delivery methods, the room numbers, and the days and times and may write in potential changes to made in consultation with the Chair/Dean and program team.  These are subject to change due to factors like faculty restrictions or unanticipated leaves, enrollment numbers, construction, etc. </t>
     </r>
   </si>
@@ -1066,423 +754,729 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>are more likely to</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> have the support of Chairs when recommending a student withdraw from courses or program.  Coordinators should be aware of dates for withdrawal so that students are aware of how withdrawals are documented on their official transcripts.  </t>
     </r>
   </si>
   <si>
     <t>Education Pathways Internal</t>
   </si>
   <si>
     <t>Education Pathways Ex</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Award ceremonies occur just prior to graduation which is between the end of May and early June of each year.  Coordinators can use one of their program team meetings to discuss which students best match the criteria and select the recipients.  The nominated students and any descriptors then are sent electronically to the School support staff who organize the ceremony.  Make sure to consider nominating students for awards that are granted across programs such as the School Academic Awards, Valedictorian,  </t>
+      <t xml:space="preserve">Although input from Coordinators may be requested by Chairs/Deans anytime in the Academic Year about academic strategies, resources, trends, enrolment growth and challenges, and retention challenges and successes, much of this is completed more formally through the </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Annual Program Review</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> in the Spring/Summer semester.  Of note, this process would start at the beginning of the Winter semester and continue into the Spring/Summer semester if the program is due for a Cyclical Program Review which happens every 3-5 years.  In those situations, Coordinators </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Alumni and Advancement Relations Office,</t>
+      <t xml:space="preserve">may </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">receive additional time on their SWF or employment contract.  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Coordinators take a lead role in organizing the Open House  for prospective students, their families, and friends, and Orientation programming for new students.  College Information Programs and Welcome Days at Fleming are typically organized by the Student Recruitment Office and Marketing and may or may </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>not require</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">and OPSEU for social justice and the Kiwanas Club for community/volunteer work which may have forms to complete with specific deadlines.  </t>
-[...58 lines deleted...]
-      <t>not require</t>
+      <t>Coordinator attendance and involvement.  College Fairs commonly occur in Toronto and Coordinators of programs requiring more promotion and interest often are requested to attend these for</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color theme="1"/>
-[...19 lines deleted...]
-        <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>two days.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">  </t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Marketing and Student Recruitment</t>
   </si>
   <si>
     <t>Student Experience</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">BASELINE DUTIES FOR </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color theme="0" tint="-4.9989318521683403E-2"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>PROGRAM</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="0" tint="-4.9989318521683403E-2"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> COORDINATORS</t>
     </r>
   </si>
   <si>
     <t>Policies &amp; Procedures</t>
   </si>
   <si>
-    <t>Often the main duty of a Coordinator is to advise on policies and regulations like;  Student Rights and Responsibilities, Breaches of Academic Integrity, Academic Appeals, etc.  The information on each of these is on MyCampus&gt;Resources&gt;Policies&amp;Procedures.</t>
-[...1 lines deleted...]
-  <si>
     <t>Business Intelligence and Research Services</t>
   </si>
   <si>
-    <t>Office of the Associate Vice President Academic Experience</t>
-[...4 lines deleted...]
-  <si>
     <t>Student Rights &amp; Responsibilities</t>
   </si>
   <si>
     <t xml:space="preserve">Often students and faculty will request to meet with Coordinators to discuss problems.  Overall, the Coordinator role is to listen using interpersonal communication skills without bias, validate the person's thoughts and feelings, challenge discrepancies, advise on the processes they can use, and evaluate the benefits and costs of nexts steps they can take to resolve issues.  Because negative information may be shared about colleagues, be mindful of confidentiality and the role of the Coordinator. Complaint forms for students, College, Academic, and staff are provided in the Student Rights &amp; Responsibilities Policies and Procedures link.  It is recommended that any requested meetings with students be documented with a summary of items discussed and actions required and then shared electronically by email with the student for record-keeping. </t>
   </si>
   <si>
     <t>Brightspace D2L Tips and Guides</t>
   </si>
   <si>
     <t>Office of the Registrar – Transfer Credit  Info for Students</t>
   </si>
   <si>
-    <r>
-      <t xml:space="preserve">Coordinators are to meet with students who earned a semester GPA of less than 1.0 and/or did not achieve a passing grade in 66 2/3 percent of their registered course load and/or wer unsuccessful in pre-requisite/co-requisite or other mandatory requirements for their program of study.  Students are to complete and send the forms electronically to the Coordinator to initiate the progression process for academic probation.  Often the School </t>
+    <t>Most student awards that come from within the College for academics, social justice and volunteering, leadership, effort, and transformational learning include a monetary gift which is funded through the generous donors and stakeholders.   Coordinators also through their networking with industry can help to develop additional awards.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Across the campuses, ceremonies are typically held prior to graduation between the end of May and early June.  Coordinators attend and commonly present the awards, however, additional faculty also attend and participate particularly when they have championed a specific student to be recognized. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coordinators have an active role in convocation.  A reminder by the Registrar's Office will be sent electronically in the Winter semester about dates and times for graduation ceremonies for each School and program along with a form to complete for ordering  the correct University/College hood.  On the day of convocation, Coordinators are to arrive early at the convocation site in order to dress and collect the cards with the eligible students' names.  Coordinators then move to the designated program area to pass out these cards to students prior to the ceremony.  Coordinators are to facilitate students getting in a line in alphabetical order with their card that has in writing how they wish their name to be pronounced.  Sometimes cards are missing, so blank ones are provided for students to write out their names.  These cards are held by the students until during the ceremony their program goes up to receive their diploma and they hand it to the person announcing their name.  Sometimes the the person announcing the names is the Coordinator or designate.  If it is not the Coordinator, the Coordinator still can stand beside the podium and quietly offer congratulations to each student before their name is announced.  Be aware that Coordinators and any other faculty attending sit in a designated area and that the ceremony is recorded for live streaming.  </t>
+  </si>
+  <si>
+    <t>Program Review</t>
+  </si>
+  <si>
+    <t>X - College Information Program and Ontario College Information Fair and potentially Open House</t>
+  </si>
+  <si>
+    <r>
+      <t>Annual Curriculum Review now currently referred to as </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Annual Program Review</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> occurs from the end of the Winter semester and into the front half of the Spring/Summer period on a yearly basis.   There is a process that is provided to assist Coordinators with both leading and completing the documents required. The </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Cyclical Program Review</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> is completed for programs every 3-5 years, however, this is in addition to the Coordinator baseline duties and time for both the Winter and Spring/Summer semesters to lead and complete the report is documented on the standard workload form (SWF) or within the letter offering hours per semester (contract).  Decisions about changes in curriculum, program hours, program delivery (hybrid, synchronous, asynchronous, etc.) are best completed together as a team versus individually so all team members understand, engage, and support changes that result from the analyses.  </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Webex Meetings </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">In conjunction with the Chair and Human Resources on-boarding of new hires, Coordinators (with assistance from the program team) are to be a point of contact for new hires' inquiries.  Some Coordinators have a process in place to greet and help new hires get started.  It is also important to encourage new hires that are full-time or have more than </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Academic Administrative Assistant (AAA)</t>
+      <t>seven hours</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> of teaching to connect with a Union Steward and Human Resources about their employee roles and rights.  A most recent version of the OPSEU collective agreement can be found here. </t>
+    </r>
+  </si>
+  <si>
+    <t>Coordinators should access supports such as their Chair, the Quality Assurance Team, Discipline/Subject Coordinators and their teams, and the Learning Design and Support Team to assist with data collection (particularly mapping of the disicpline courses in a program), writing the report and getting feedback on formatting and content in order to complete the documents required.</t>
+  </si>
+  <si>
+    <t>1.2b   Attends local, regional or provincial meetings</t>
+  </si>
+  <si>
+    <t>Coordinators may discover that they receive similar inquiries about their program from the public.  One strategy that ensures timeliness of a Coordinator's response is to have pre-prepared versions that require limited editing for customization.   With the move towards more online contact and communication, Fleming faculty typically use Webex.</t>
+  </si>
+  <si>
+    <t>X - Before Winter SWF</t>
+  </si>
+  <si>
+    <t>X -Before Spring/Summer SWF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Although changes that impact programs can happen at anytime, setting up a meeting with the Dean/Chair between each semester can be helpful for preliminary decisions related to budget, software, equipment and supplies, time required to redesign or develop new curriculum, etc.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">It's important to be mindful of Coordinator and faculty demands and official workloads during the semester.  This is to ensure the frequency and length of the meetings is realistic for completing any tasks decided upon by the Chair and/or through the Annual Program Review of the previous Academic year. Coordinators should organize a meeting with the Dean/Chair between each semester for official approval and then write and send to the Chair a brief written summary of decisions made about the amount of meetings.  </t>
+  </si>
+  <si>
+    <t>School Coordinator meetings typcially are monthly and about one hour in length with the Chair. Some Schools have these organized for the Academic year and they occur consistently during common hour (this is an hour where there are no classes running, but it exists at the Sutherland campus only) so that Coordinators can be available.  Because common hour is not available at all campuses or common hour may not be the best time to meet, some Chairs try to find time where the majority of the Coordinators are available.  These meetings often are information- and discussed-based and topics are often determined and facilitated by the Chair.  They may be in-person or virtual.</t>
+  </si>
+  <si>
+    <t>Approval for Program Meetings must be received in advnace from the Chair.  Although information to faculty can be sent electroncially throughout each semester by Coordinators, program meetings to discuss in depth and make decisions about accommodations, academic progress of students, grade audits, awards, curriculum updates and revisions, etc. are essential for faculty engagement.  Identify common days/times for full-time faculty in a program to meet and schedule these using Outlook Calendar and/or Webex if you are meeting online versus in-person  Depending on the size of the program, it is recommended that invitations with notice be sent out to any faculty on contract.  They can put in to be paid a meeting rate once per semester.  The frequency and length of program meetings should be approved in advance by the Chair.  A consent agenda should be developed by the Coordinator and sent ahead of each meeting so faculty are aware of topics, actions, and work to be completed. After, a summary or minutes should be provided and stored somewhere faculty and the Chair can access as needed.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coordinators are responsible for providing a written annual report within the PAC document that will be read by the Dean and Chair and the committee members. It includes information about job market, trends, Key Performance Indicators (KPIs), changes to the program, etc.  It is also referred to in the PAC meeting and is kept by the College in order to be able to review the information at any time.  </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">As the "face" of the program, it is </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>beneficial</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>will email a spreadsheet to Program Coordinators indicating students who are on probation.  These students will need to meet with coordinator in order to have timetable restored.</t>
-[...19 lines deleted...]
-      <t>Annual Curriculum Review now currently referred to as </t>
+      <t xml:space="preserve">to attend the annual PAC meeting.  Chairs determine if Coordinators will present briefly on their written report and update members on any action items that were to be completed between the previous and present meeting.  These could be in-person or online, with a mixture of members joining in-person or online.  </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">1.5 Program Budget </t>
+  </si>
+  <si>
+    <t>There is program budget spreadsheet created each year for each program with already populated categories that include but aren't limited to: duplicating, training, supplies, professional memberships for programs (accreditation or regulatory bodies, not faculty professional memberships).  While Coordinators can look at the program budget on Evolve using the Navigation system at any time, typically Coordinators receive a copy of the program budget annually with opportunities to review previous, current and future costs with the program team and also with the Chair or designate.  While consultations should occur during the budget review period for the next Academic year, a review may also occur during Annual Program Review and certainly during the Cyclical Program Review which occurs every 3-5 years .</t>
+  </si>
+  <si>
+    <t>1.5c  Recommends purchases for program delivery</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Some Schools have a Student Representative Council that meets twice per semester which Coordinators attend </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>at the Chair's request</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.  Student reps could be elected by peers or selected by the Coordinator and/or program team.  This is the "student voice" that identifies specific student ideas, issues and concerns; deliberates on raised items and shares information; and makes recommendations to various roles and/or committee within the School or College.  They assist in the development of policies, procedures and actions plans that promote engagement, connection, and improve a sense of belonging of students in the academic and social life of the School.</t>
+    </r>
+  </si>
+  <si>
+    <t>Often the main duty of a Coordinator is to advise on policies and regulations like: Student Rights and Responsibilities, Breaches of Academic Integrity, Academic Appeals, etc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Students with or without additional formal and informal supports may contact Coordinators prior or just upon entering a program due to anticipated need for accommodations related to accessibility, learning, mental health, etc.  Other students may make this contact some time after the point of entry due to challenges they are experiencing in their chosen program or to talk about placement, job, and pathway opportunities.  Acquiring information and knowledge prior about internal/external services, resources, and links can very much assist students to access available and meaningful supports.  In addition,  it is helpful to know specific dates and steps related to items students have to seek from the Registrar's Office like Add/Drop/Swap; withdrawal dates; internal program transfers, paying tuition, etc.  </t>
+  </si>
+  <si>
+    <t>2.3  Provides peer guidance and assistance to faculty</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coordinators are to respond to faculty seeking support around doing the work.  These may include but is not limited to: rolling over and completing course outlines for the next semester, small D2L issues and concerns about student conduct, breaches of academic integrity, accommodation requests, etc.  </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">As the key point of contact for faculty and students, Coordinators are to stay knowledgeable of the </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Annual Program Review</t>
+      <t>current</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> occurs from the end of the Winter semester and into the front half of the Spring/Summer period on a yearly basis.   There is a process that is provided to assist Coordinators with both leading and completing the documents required. The </t>
+      <t xml:space="preserve"> various resources available in the College.  Needs of faculty may include inquiries related to workload, student issues inside and outside the classroom and curriculum/program development.  Coordinators can also encourage faculty to involve themselves in professional development opportunities offered for themselves and for addressing student issues like Resiliency sessions, Mental Health First Aid, Positive Space I-III, Sexual Violence protocols, etc.  Needs of students may include inquiries related to student rights and responsibilities, career or education pathway planning, academic challenges, specific supports and activities for International and Indigenous students, and accommodations.  </t>
+    </r>
+  </si>
+  <si>
+    <t>Tutoring Resources</t>
+  </si>
+  <si>
+    <t>Information about the overall vision and plans for Fleming College are made available within the Business Intelligence and Research Services as well as the Office of the Executive Vice President Academic Experience websites.  </t>
+  </si>
+  <si>
+    <t>Office of the Executive Vice President Academic Experience</t>
+  </si>
+  <si>
+    <t>2.2  Provide advice and guidance to students in assessing individual academic support from point of entry to point of exit</t>
+  </si>
+  <si>
+    <t>3.1  Facilitate course exemptions process</t>
+  </si>
+  <si>
+    <t>X - annually for year, unless special circumstance</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Exemptions are when a student does not have to enroll in a particular course(s) in their program of study.  This may be due to the granting of a Transfer Credit when a student has passed a course from another accredited postsecondary institution which is deemed as equivalent to a course at Fleming. This also may be due to Prior Learning Assessment and Recognition (PLAR) where it’s an evaluation of any non-traditional learning a student may have completed in order to not take a required course in their program of study. An example of criteria that may be used to determine this is on the job training.  Staff from the Registrar's Office process the student requests first and then will inform the Coordinator if further evaluation, permission, and/or decision-making is required.  The Registrar's Office has a staff designated specifically process Domestic or International student Transfer Credit and PLARs.  </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Program</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Coordinators do not approve transfer credits for discipline courses and should refer students to the transfer credit information on the portal.  DS Coordinators generally approve equivalencies not already in the system.  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Students from other Fleming programs or from outside academic instituations may request direct entry into an upper level semester based on previous education, experience, etc.  Programs often have criteria for this already known to the </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Registrar's </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Office who process such Admission applications.  Commonly, consultation is sought with the Coordinator when the criteria is unclear, doesn't exist, or appears outdated.  Across the province, transfering from one college to another in Ontario into a like-program has been made easier for students with direct entry criteria established provincially. Between programs at Fleming, there are some criteria established for direct entry applicants, but when a request occurs, it does sometimes require Coordinators to look at similarities between learning outcomes, learning sequences, and assessments between courses prior to making a decision. </t>
+    </r>
+  </si>
+  <si>
+    <t>Faculty are to complete electronic course outlines and send them to the Coordinator for review.  After a review, the Coordinator seeks out further information from the faculty about a course outline if needed; however, once satisfied, the Coordinator then approves them at the Coordinator level and then sends them for Chair approval.</t>
+  </si>
+  <si>
+    <t>X - for Spring/  Summer semester</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Through teaching, getting offical report updates on enrollment numbers from the Registrar's Office and Chairs, and obtaining feedback from faculty about students and service areas that interact with students, Coordinators commonly have a sense of the number of students that will be progressing to their next semester.  Coordinators also have access to the </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Cyclical Program Review</t>
+      <t xml:space="preserve">Program Distribution link </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> is completed for programs every 3-5 years, however, this is in addition to the Coordinator baseline duties and time for both the Winter and Spring/Summer semesters to lead and complete the report is documented on the standard workload form (SWF) or within the letter offering hours per semester (contract).  Decisions about changes in curriculum, program hours, program delivery (hybrid, synchronous, asynchronous, etc.) are best completed together as a team versus individually so all team members understand, engage, and support changes that result from the analyses.  </t>
-[...13 lines deleted...]
-      <t xml:space="preserve">As the "face" of the program, it is </t>
+      <t xml:space="preserve">at the top of their </t>
     </r>
     <r>
       <rPr>
-        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Faculty Centre</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> page where one can look up by program and by semester the number of students officially enrolled.   If Coordinators plan a meeting between semesters with the Chair, this is an item that can be discussed to ensure decision-making around staffing and supports for students match the needs.  </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Hiring criteria that is kept in Human Resources for programs is to be used when identifying skill-set for courses needing staffing.  If a hiring criteria does not exist or requires updating, consultation should be done with the School's Human Resources representative, the Chair and Dean,  the program team, and possibly PAC.  Coordinators and other faculty may provide names of professionals from their industry that meet the hiring criteria to the Chair at any time in the Academic year for consideration.  Those potential candidates apply through the online application system developed by HR.  When full-time positions are being sought for a program, Coordinators are often asked to participate in the hiring committee with the Chair/Dean, the Human Resources representative for the School and perhaps other community members/stakeholders if the position is quite specialized (ie. hiring for a faculty that will be teaching content about First Nations Inuit and Metis peoples).  </t>
+  </si>
+  <si>
+    <t>Verifying the courses, the delivery methods, the number of sections, the supplies/equipment needed, the room/space requirement over the next 18 months (covers both the Academic year: Fall-to end of Summer) and the Calendar year (Winter to end of Fall) is important for  accuracy so that all Academic and service areas of the College can realistically meet the student needs.  Coordinators are often asked to review this information on a spreadsheet and then document any changes in writing in consultation with the program team prior to returning the document to the Chair.  Note: Room specifications (ie. labs, particular room requests) will drive/affect timetables - so the need for room specifications should be carefully considered (balance between student classroom experience and student timetables)</t>
+  </si>
+  <si>
+    <t>X - Progression from Winter or Spring/ Summer semester</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Coordinators are to meet with students who earned a semester GPA of less than 1.0 and/or did not achieve a passing grade in 66 2/3 percent of their registered course load and/or were unsuccessful in pre-requisite/co-requisite or other mandatory requirements for their program of study.  Students are to complete and send the forms electronically to the Coordinator to initiate the progression process for academic probation.  Often the School </t>
+    </r>
+    <r>
+      <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>beneficial</t>
+      <t>Academic Administrative Assistant (AAA)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">to attend the annual PAC meeting.  Chairs determine if Coordinators will present briefly on their written report and update members on any action items that were to be completed between the previous and present meeting.  These could be in-person or online or if in one of the boardrooms with the technology, you could have a mixture of members joining in-person or online.  </t>
-[...7 lines deleted...]
-      <t xml:space="preserve">In conjunction with the Chair and Human Resources on-boarding of new hires, Coordinators (with assistance from the program team) are to be a point of contact for new hires' inquiries.  Some Coordinators have a process in place to greet and help new hires get started.  It is also important to encourage new hires that are full-time or have more than </t>
+      <t>will email a spreadsheet to Program Coordinators indicating students who are on probation.  These students will need to meet with Coordinator in order to have timetable restored.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Once Coordinators receive the completed Student Progression form for academic probation, they are to organize a meeting with the student.  Although the preliminary information on the probation contract can be filled out somewhat prior to the meeting, during the meeting, decision-making between the student and Coordinator about strengths and barriers to academic success and a plan for the next semester are documented.  While it is tempting to include all kinds of helpful supports and services for students, it is only helpful if the student is interested in pursuing them.  Instead of overwhelming students with a list of things </t>
     </r>
     <r>
       <rPr>
+        <u/>
         <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>seven hours</t>
+      <t>they should try</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> of teaching to connect with a Union Steward and Human Resources about their employee roles and rights.  A new collective agreement has been established for October 2022, but a copy of this is not available so please review the most recent version from 2021. </t>
-    </r>
+      <t xml:space="preserve">, instead, spend time listening to the student views and needs and then share information about those resources.  Ask for agreement to try one or two of them.  If there is still reluctance, ask the student to try something once and if they don't find it useful, they are not obligated to access it again.  Student engagement in the plan whereby their views are heard makes it more likely they'll find it meaningful and commit to it.  It may also be helpful to organize 10-minute monthly progression check-ins and include those in the plan.  Likely they won't have a timetable until after the probation contract is submitted by the Coordinator to the School Record's Specialist in the Registrar's Office, but the first meeting can be organized and then after that organize three more throughout the semester on the same day and time when it doesn't interfere with other classes.  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>3.8</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">   </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Pathways/ Articulations</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>3.9</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color rgb="FF000000"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Academic Appeals</t>
+    </r>
+  </si>
+  <si>
+    <t>X - for Spring/ Summer semester</t>
+  </si>
+  <si>
+    <t>An academic appeal is when a student believes that the mark or final grade in a course is inaccurate in some way.  Guidance and support can be most helpful to students and faculty before an Academic Appeal is initiated.  Show students the online guide where they can think through whether or not they have tried to resolve the issue prior and if it meets the grounds for appeal.  Grounds for appeal include merit of work, personal bias/unfair treatment, extenuating circumstances, and course management.  This also can be a helpful exercise to work through with faculty to ensure they also have attempted to resolve the issues previously and to evaluate the issues without bias.  It is helpful to have the flow chart for appeal process printed and pinned on bulletin board - have this resource readily available saves time when responding to student inquiries.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Award ceremonies occur just prior to graduation which isnormally in early June of each year.  Coordinators can use one of their program team meetings to discuss which students best match the criteria and select the recipients.  The nominated students and any descriptors then are sent electronically to the School support staff who organize the ceremony.  Make sure to consider nominating students for awards that are granted across programs such as the School Academic Awards, Valedictorian,  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Alumni and Advancement Relations Office,</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">and OPSEU for social justice and the Kiwanas Club for community/volunteer work which may have forms to complete with specific deadlines.  </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">3.11a  Processes graduate audit in conjunction with Registrar's Office </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Records Specialist for the School and program will provide a list of students eligible to graduate.  Coordinators are to look at the list of names, verify accuracy and communicate any discrepancies regarding student eligibility to the Records Specialist by a specific date for processing.  Students who are missing courses/credits, but then are able to complete the missing items by a certain date in May. become eligible to graduate.  There may be programs where the student has completed the program by the end of the Fall or Winter semester and will wait to attend the next closest graduation ceremony.    </t>
+  </si>
+  <si>
+    <t>3.12  School-related activities</t>
+  </si>
+  <si>
+    <t>X - Orientation for Spring/ Summer intake</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
@@ -1617,51 +1611,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="38">
+  <borders count="34">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1908,107 +1902,59 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...9 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
-      </bottom>
-[...35 lines deleted...]
-        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
@@ -2067,628 +2013,552 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="199">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+  <cellXfs count="173">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="17" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="25" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="1" fillId="5" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="1" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="33" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="34" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="26" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="25" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="35" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
-[...110 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...132 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="37" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="28" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFE4B4AA"/>
       <color rgb="FFD07B6A"/>
       <color rgb="FFF5C3EE"/>
       <color rgb="FFFCEEFA"/>
       <color rgb="FFF3B7EC"/>
       <color rgb="FFE975DB"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -2837,91 +2707,91 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2983,51 +2853,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -3125,4906 +2995,3475 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/spd/plans-and-reports/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/srr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mycampus.flemingcollege.ca/group/portal/registrars-office" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/purchasing/forms/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mycampus.flemingcollege.ca/group/portal/resources" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fleming.libguides.com/tutoring" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingfacultyunion.org/your-stewards/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/student-experience/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/learning-technology/webex-meetings/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/aes/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/pcr/programs/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/indigenous/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/asa/ar/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ao/institutional-timetabling/restrictions/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/admissions/prior-learning-assessment-and-recognition" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/pcr/overview-of-process/pcr-process/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/meetings/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/policies-procedures/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/education-pathways" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https/department.flemingcollege.ca/purchasing/forms/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/iss/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ro/transfer-credits/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/education-pathways/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/advancement-alumni/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/srr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ro/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ao/course-outlines/knowledge-base/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/quality-assurance/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\SUPPORTING%20STUDENTS%20TAB\Academic%20Probation%20Contract%20Part%202.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https/department.flemingcollege.ca/program-advisory/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/counselling/resources-2/counselling/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/vpa/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opseu.org/sites/default/files/2017-2021_academic_collective_agreement_final_eng_signed_website.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mycampus.flemingcollege.ca/group/portal/staff" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/pcr/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/aes/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mycampus.flemingcollege.ca/group/portal/registrars-office" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/program-advisory/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/admissions/academic-schedule" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ao/faculty-workloads/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/srr/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ao/course-outlines/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/counselling/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/meetings/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/marketing/events/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/learning-technology/brightspace-d2l-lms/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/new-employee-information/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/pcr/overview-of-process/pcr-process/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https/mycampus.flemingcollege.ca/group/portal/resources" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/iss/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/learning-technology/brightspace-d2l-lms/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/asa/ar/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/student-experience/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ro/transfer-credits/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/policies-procedures/academic-affairs/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/learning-technology/webex-meetings/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/aes/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/pcr/programs/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/srr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opseu.org/wp-content/uploads/2024/02/2021-2024-CAAT-A-Collective-Agreement-EN.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/counselling/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/srr/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/pcr/overview-of-process/pcr-process/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https/mycampus.flemingcollege.ca/group/portal/resources" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/spd/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mycampus.flemingcollege.ca/group/portal/registrars-office" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/advancement-alumni/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ro/forms-2/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/program-advisory/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https/department.flemingcollege.ca/purchasing/forms/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/srr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ao/course-outlines/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/quality-assurance/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingfacultyunion.org/your-stewards/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ro/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/policies-procedures/academic-affairs/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/aes/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://https/department.flemingcollege.ca/program-advisory/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/counselling/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/indigenous/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/admissions/prior-learning-assessment-and-recognition" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/pcr/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.flemingcollege.ca/StudentSuccessServices/TutoringResources" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/new-employee-information/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/admissions/academic-schedule" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/vpa/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ao/course-outlines/knowledge-base/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/education-pathways/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/purchasing/forms/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/education-pathways" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:W175"/>
+  <dimension ref="A1:W174"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="1" ySplit="2" topLeftCell="B34" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="2" topLeftCell="B62" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="U35" sqref="U35"/>
+      <selection pane="bottomRight" activeCell="R78" sqref="R78"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="23.33203125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="10.5546875" customWidth="1"/>
+    <col min="1" max="1" width="26.85546875" customWidth="1"/>
+    <col min="2" max="2" width="11.42578125" style="15" customWidth="1"/>
+    <col min="3" max="3" width="11.7109375" customWidth="1"/>
+    <col min="5" max="5" width="10" customWidth="1"/>
+    <col min="6" max="6" width="11.5703125" customWidth="1"/>
+    <col min="7" max="7" width="11.42578125" customWidth="1"/>
     <col min="8" max="8" width="9" customWidth="1"/>
-    <col min="9" max="9" width="9.44140625" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="20" max="20" width="16.44140625" customWidth="1"/>
+    <col min="9" max="9" width="11" customWidth="1"/>
+    <col min="10" max="10" width="12.140625" customWidth="1"/>
+    <col min="11" max="11" width="10.140625" customWidth="1"/>
+    <col min="12" max="12" width="9.140625" style="1"/>
+    <col min="13" max="13" width="12.5703125" style="7" customWidth="1"/>
+    <col min="14" max="14" width="33.5703125" style="1" customWidth="1"/>
+    <col min="15" max="15" width="15.42578125" style="15" customWidth="1"/>
+    <col min="16" max="16" width="22.5703125" customWidth="1"/>
+    <col min="17" max="17" width="25.5703125" customWidth="1"/>
+    <col min="18" max="18" width="13.28515625" customWidth="1"/>
+    <col min="19" max="19" width="16.28515625" customWidth="1"/>
+    <col min="20" max="20" width="16.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="152" t="s">
+    <row r="1" spans="1:19" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="123" t="s">
+        <v>163</v>
+      </c>
+      <c r="B1" s="123"/>
+      <c r="C1" s="123"/>
+      <c r="D1" s="123"/>
+      <c r="E1" s="123"/>
+      <c r="F1" s="123"/>
+      <c r="G1" s="123"/>
+      <c r="H1" s="123"/>
+      <c r="I1" s="123"/>
+      <c r="J1" s="123"/>
+      <c r="K1" s="123"/>
+      <c r="L1" s="123"/>
+      <c r="M1" s="123"/>
+      <c r="N1" s="123"/>
+      <c r="O1" s="123"/>
+      <c r="P1" s="123"/>
+      <c r="S1" s="50"/>
+    </row>
+    <row r="2" spans="1:19" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="73" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="121" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="121"/>
+      <c r="D2" s="121"/>
+      <c r="E2" s="121"/>
+      <c r="F2" s="121" t="s">
+        <v>2</v>
+      </c>
+      <c r="G2" s="121"/>
+      <c r="H2" s="121"/>
+      <c r="I2" s="121"/>
+      <c r="J2" s="121" t="s">
+        <v>3</v>
+      </c>
+      <c r="K2" s="121"/>
+      <c r="L2" s="121"/>
+      <c r="M2" s="121"/>
+      <c r="N2" s="73" t="s">
+        <v>4</v>
+      </c>
+      <c r="O2" s="122" t="s">
+        <v>5</v>
+      </c>
+      <c r="P2" s="122"/>
+    </row>
+    <row r="3" spans="1:19" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="75" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" s="76" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="77" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="77" t="s">
+        <v>9</v>
+      </c>
+      <c r="E3" s="77" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="77" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" s="77" t="s">
+        <v>12</v>
+      </c>
+      <c r="H3" s="77" t="s">
+        <v>13</v>
+      </c>
+      <c r="I3" s="77" t="s">
+        <v>14</v>
+      </c>
+      <c r="J3" s="77" t="s">
+        <v>15</v>
+      </c>
+      <c r="K3" s="77" t="s">
+        <v>16</v>
+      </c>
+      <c r="L3" s="78" t="s">
+        <v>17</v>
+      </c>
+      <c r="M3" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="N3" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="O3" s="124" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" s="124"/>
+    </row>
+    <row r="4" spans="1:19" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="3"/>
+      <c r="H4" s="3"/>
+      <c r="I4" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="L4" s="11"/>
+      <c r="M4" s="11"/>
+      <c r="N4" s="33" t="s">
+        <v>175</v>
+      </c>
+      <c r="O4" s="142" t="s">
+        <v>23</v>
+      </c>
+      <c r="P4" s="143"/>
+    </row>
+    <row r="5" spans="1:19" ht="180" x14ac:dyDescent="0.25">
+      <c r="A5" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="3"/>
+      <c r="H5" s="3"/>
+      <c r="I5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="J5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="L5" s="11"/>
+      <c r="M5" s="11"/>
+      <c r="N5" s="33" t="s">
+        <v>178</v>
+      </c>
+      <c r="O5" s="71" t="s">
+        <v>25</v>
+      </c>
+      <c r="P5" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q5" s="55"/>
+    </row>
+    <row r="6" spans="1:19" ht="270" x14ac:dyDescent="0.25">
+      <c r="A6" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="3"/>
+      <c r="H6" s="3"/>
+      <c r="I6" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K6" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="L6" s="11"/>
+      <c r="M6" s="62"/>
+      <c r="N6" s="33" t="s">
+        <v>28</v>
+      </c>
+      <c r="O6" s="144" t="s">
+        <v>29</v>
+      </c>
+      <c r="P6" s="145"/>
+    </row>
+    <row r="7" spans="1:19" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="81" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E7" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F7" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H7" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I7" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J7" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K7" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L7" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M7" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N7" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O7" s="124" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" s="124"/>
+    </row>
+    <row r="8" spans="1:19" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" s="110" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="111"/>
+      <c r="D8" s="111"/>
+      <c r="E8" s="112"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
+      <c r="J8" s="2"/>
+      <c r="K8" s="2"/>
+      <c r="L8" s="2"/>
+      <c r="M8" s="63"/>
+      <c r="N8" s="36" t="s">
+        <v>33</v>
+      </c>
+      <c r="O8" s="146"/>
+      <c r="P8" s="147"/>
+    </row>
+    <row r="9" spans="1:19" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="B9" s="110" t="s">
+        <v>34</v>
+      </c>
+      <c r="C9" s="111"/>
+      <c r="D9" s="111"/>
+      <c r="E9" s="111"/>
+      <c r="F9" s="111"/>
+      <c r="G9" s="111"/>
+      <c r="H9" s="111"/>
+      <c r="I9" s="111"/>
+      <c r="J9" s="111"/>
+      <c r="K9" s="111"/>
+      <c r="L9" s="111"/>
+      <c r="M9" s="112"/>
+      <c r="N9" s="38" t="s">
+        <v>35</v>
+      </c>
+      <c r="O9" s="105"/>
+      <c r="P9" s="105"/>
+    </row>
+    <row r="10" spans="1:19" ht="315" x14ac:dyDescent="0.25">
+      <c r="A10" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="110" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" s="111"/>
+      <c r="D10" s="111"/>
+      <c r="E10" s="111"/>
+      <c r="F10" s="111"/>
+      <c r="G10" s="111"/>
+      <c r="H10" s="111"/>
+      <c r="I10" s="111"/>
+      <c r="J10" s="111"/>
+      <c r="K10" s="111"/>
+      <c r="L10" s="111"/>
+      <c r="M10" s="112"/>
+      <c r="N10" s="36" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" s="105"/>
+      <c r="P10" s="105"/>
+    </row>
+    <row r="11" spans="1:19" ht="255" x14ac:dyDescent="0.25">
+      <c r="A11" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" s="110" t="s">
+        <v>37</v>
+      </c>
+      <c r="C11" s="111"/>
+      <c r="D11" s="111"/>
+      <c r="E11" s="111"/>
+      <c r="F11" s="111"/>
+      <c r="G11" s="111"/>
+      <c r="H11" s="111"/>
+      <c r="I11" s="111"/>
+      <c r="J11" s="111"/>
+      <c r="K11" s="111"/>
+      <c r="L11" s="111"/>
+      <c r="M11" s="112"/>
+      <c r="N11" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="O11" s="125"/>
+      <c r="P11" s="126"/>
+    </row>
+    <row r="12" spans="1:19" ht="150" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B12" s="110" t="s">
+        <v>37</v>
+      </c>
+      <c r="C12" s="111"/>
+      <c r="D12" s="111"/>
+      <c r="E12" s="111"/>
+      <c r="F12" s="111"/>
+      <c r="G12" s="111"/>
+      <c r="H12" s="111"/>
+      <c r="I12" s="111"/>
+      <c r="J12" s="111"/>
+      <c r="K12" s="111"/>
+      <c r="L12" s="111"/>
+      <c r="M12" s="112"/>
+      <c r="N12" s="38" t="s">
+        <v>180</v>
+      </c>
+      <c r="O12" s="127" t="s">
+        <v>176</v>
+      </c>
+      <c r="P12" s="127"/>
+    </row>
+    <row r="13" spans="1:19" ht="152.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="110" t="s">
+        <v>181</v>
+      </c>
+      <c r="D13" s="111"/>
+      <c r="E13" s="112"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="110" t="s">
+        <v>182</v>
+      </c>
+      <c r="H13" s="111"/>
+      <c r="I13" s="112"/>
+      <c r="J13" s="110" t="s">
+        <v>43</v>
+      </c>
+      <c r="K13" s="112"/>
+      <c r="L13" s="12"/>
+      <c r="M13" s="62"/>
+      <c r="N13" s="38" t="s">
+        <v>183</v>
+      </c>
+      <c r="O13" s="128"/>
+      <c r="P13" s="107"/>
+    </row>
+    <row r="14" spans="1:19" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="84" t="s">
+        <v>44</v>
+      </c>
+      <c r="B14" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H14" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I14" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J14" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K14" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L14" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M14" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N14" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O14" s="99" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" s="99"/>
+    </row>
+    <row r="15" spans="1:19" ht="240" x14ac:dyDescent="0.25">
+      <c r="A15" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" s="14"/>
+      <c r="C15" s="113" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" s="114"/>
+      <c r="E15" s="115"/>
+      <c r="F15" s="4"/>
+      <c r="G15" s="113" t="s">
+        <v>47</v>
+      </c>
+      <c r="H15" s="114"/>
+      <c r="I15" s="115"/>
+      <c r="J15" s="113" t="s">
+        <v>48</v>
+      </c>
+      <c r="K15" s="115"/>
+      <c r="L15" s="19"/>
+      <c r="M15" s="19"/>
+      <c r="N15" s="38" t="s">
+        <v>184</v>
+      </c>
+      <c r="O15" s="129"/>
+      <c r="P15" s="129"/>
+    </row>
+    <row r="16" spans="1:19" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A16" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" s="108" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" s="109"/>
+      <c r="E16" s="4"/>
+      <c r="F16" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="G16" s="108" t="s">
+        <v>52</v>
+      </c>
+      <c r="H16" s="109"/>
+      <c r="I16" s="4"/>
+      <c r="J16" s="108" t="s">
+        <v>53</v>
+      </c>
+      <c r="K16" s="109"/>
+      <c r="L16" s="19"/>
+      <c r="M16" s="19"/>
+      <c r="N16" s="36" t="s">
+        <v>186</v>
+      </c>
+      <c r="O16" s="130"/>
+      <c r="P16" s="131"/>
+    </row>
+    <row r="17" spans="1:19" ht="315" x14ac:dyDescent="0.25">
+      <c r="A17" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B17" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="C17" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="D17" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="E17" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="F17" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G17" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="I17" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="J17" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="K17" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="L17" s="14"/>
+      <c r="M17" s="18"/>
+      <c r="N17" s="39" t="s">
+        <v>185</v>
+      </c>
+      <c r="O17" s="132"/>
+      <c r="P17" s="133"/>
+    </row>
+    <row r="18" spans="1:19" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="81" t="s">
+        <v>55</v>
+      </c>
+      <c r="B18" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H18" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J18" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K18" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L18" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M18" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N18" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O18" s="136" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" s="136"/>
+    </row>
+    <row r="19" spans="1:19" ht="229.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="16" t="s">
+        <v>56</v>
+      </c>
+      <c r="B19" s="110" t="s">
+        <v>57</v>
+      </c>
+      <c r="C19" s="111"/>
+      <c r="D19" s="111"/>
+      <c r="E19" s="111"/>
+      <c r="F19" s="111"/>
+      <c r="G19" s="111"/>
+      <c r="H19" s="111"/>
+      <c r="I19" s="111"/>
+      <c r="J19" s="111"/>
+      <c r="K19" s="112"/>
+      <c r="L19" s="11"/>
+      <c r="M19" s="11"/>
+      <c r="N19" s="33" t="s">
+        <v>187</v>
+      </c>
+      <c r="O19" s="134" t="s">
+        <v>58</v>
+      </c>
+      <c r="P19" s="135"/>
+    </row>
+    <row r="20" spans="1:19" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="B20" s="110" t="s">
+        <v>60</v>
+      </c>
+      <c r="C20" s="111"/>
+      <c r="D20" s="111"/>
+      <c r="E20" s="111"/>
+      <c r="F20" s="111"/>
+      <c r="G20" s="111"/>
+      <c r="H20" s="111"/>
+      <c r="I20" s="111"/>
+      <c r="J20" s="111"/>
+      <c r="K20" s="112"/>
+      <c r="L20" s="11"/>
+      <c r="M20" s="11"/>
+      <c r="N20" s="32" t="s">
+        <v>188</v>
+      </c>
+      <c r="O20" s="105"/>
+      <c r="P20" s="105"/>
+    </row>
+    <row r="21" spans="1:19" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" s="110" t="s">
+        <v>62</v>
+      </c>
+      <c r="C21" s="111"/>
+      <c r="D21" s="111"/>
+      <c r="E21" s="111"/>
+      <c r="F21" s="111"/>
+      <c r="G21" s="111"/>
+      <c r="H21" s="111"/>
+      <c r="I21" s="111"/>
+      <c r="J21" s="111"/>
+      <c r="K21" s="112"/>
+      <c r="L21" s="11"/>
+      <c r="M21" s="11"/>
+      <c r="N21" s="33" t="s">
+        <v>63</v>
+      </c>
+      <c r="O21" s="106"/>
+      <c r="P21" s="107"/>
+    </row>
+    <row r="22" spans="1:19" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="85" t="s">
+        <v>189</v>
+      </c>
+      <c r="B22" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C22" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E22" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F22" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H22" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J22" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K22" s="86" t="s">
+        <v>16</v>
+      </c>
+      <c r="L22" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M22" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N22" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O22" s="98" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" s="99"/>
+    </row>
+    <row r="23" spans="1:19" ht="390" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B23" s="14"/>
+      <c r="C23" s="13"/>
+      <c r="D23" s="13"/>
+      <c r="E23" s="13"/>
+      <c r="F23" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G23" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23" s="13"/>
+      <c r="I23" s="13"/>
+      <c r="J23" s="62" t="s">
+        <v>65</v>
+      </c>
+      <c r="K23" s="42" t="s">
+        <v>22</v>
+      </c>
+      <c r="L23" s="41"/>
+      <c r="M23" s="19"/>
+      <c r="N23" s="33" t="s">
+        <v>190</v>
+      </c>
+      <c r="O23" s="100"/>
+      <c r="P23" s="101"/>
+    </row>
+    <row r="24" spans="1:19" ht="135" x14ac:dyDescent="0.25">
+      <c r="A24" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B24" s="116" t="s">
+        <v>67</v>
+      </c>
+      <c r="C24" s="117"/>
+      <c r="D24" s="117"/>
+      <c r="E24" s="117"/>
+      <c r="F24" s="117"/>
+      <c r="G24" s="117"/>
+      <c r="H24" s="117"/>
+      <c r="I24" s="117"/>
+      <c r="J24" s="117"/>
+      <c r="K24" s="118"/>
+      <c r="L24" s="117"/>
+      <c r="M24" s="119"/>
+      <c r="N24" s="33" t="s">
+        <v>68</v>
+      </c>
+      <c r="O24" s="105"/>
+      <c r="P24" s="105"/>
+    </row>
+    <row r="25" spans="1:19" ht="240" x14ac:dyDescent="0.25">
+      <c r="A25" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="B25" s="2"/>
+      <c r="C25" s="3"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
+      <c r="F25" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25" s="3"/>
+      <c r="I25" s="3"/>
+      <c r="J25" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K25" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="L25" s="11"/>
+      <c r="M25" s="11"/>
+      <c r="N25" s="33" t="s">
+        <v>69</v>
+      </c>
+      <c r="O25" s="155" t="s">
+        <v>151</v>
+      </c>
+      <c r="P25" s="156"/>
+    </row>
+    <row r="26" spans="1:19" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A26" s="73" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="137" t="s">
+        <v>1</v>
+      </c>
+      <c r="C26" s="138"/>
+      <c r="D26" s="138"/>
+      <c r="E26" s="139"/>
+      <c r="F26" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="G26" s="138"/>
+      <c r="H26" s="138"/>
+      <c r="I26" s="139"/>
+      <c r="J26" s="137" t="s">
+        <v>3</v>
+      </c>
+      <c r="K26" s="138"/>
+      <c r="L26" s="138"/>
+      <c r="M26" s="139"/>
+      <c r="N26" s="87" t="s">
+        <v>4</v>
+      </c>
+      <c r="O26" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="P26" s="141"/>
+    </row>
+    <row r="27" spans="1:19" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="79" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C27" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E27" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F27" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H27" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J27" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K27" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L27" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M27" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N27" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O27" s="98" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" s="99"/>
+    </row>
+    <row r="28" spans="1:19" ht="315" x14ac:dyDescent="0.25">
+      <c r="A28" s="16" t="s">
+        <v>72</v>
+      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E28" s="3"/>
+      <c r="F28" s="3"/>
+      <c r="G28" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I28" s="3"/>
+      <c r="J28" s="3"/>
+      <c r="K28" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="L28" s="11"/>
+      <c r="M28" s="11"/>
+      <c r="N28" s="33" t="s">
+        <v>192</v>
+      </c>
+      <c r="O28" s="159"/>
+      <c r="P28" s="160"/>
+    </row>
+    <row r="29" spans="1:19" ht="134.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="81" t="s">
+        <v>201</v>
+      </c>
+      <c r="B29" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C29" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E29" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F29" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H29" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I29" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J29" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K29" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L29" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M29" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N29" s="88" t="s">
+        <v>19</v>
+      </c>
+      <c r="O29" s="98" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" s="99"/>
+    </row>
+    <row r="30" spans="1:19" ht="90" x14ac:dyDescent="0.25">
+      <c r="A30" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="B30" s="116" t="s">
+        <v>74</v>
+      </c>
+      <c r="C30" s="117"/>
+      <c r="D30" s="117"/>
+      <c r="E30" s="117"/>
+      <c r="F30" s="117"/>
+      <c r="G30" s="117"/>
+      <c r="H30" s="117"/>
+      <c r="I30" s="117"/>
+      <c r="J30" s="117"/>
+      <c r="K30" s="119"/>
+      <c r="L30" s="11"/>
+      <c r="M30" s="62" t="s">
+        <v>75</v>
+      </c>
+      <c r="N30" s="44" t="s">
+        <v>193</v>
+      </c>
+      <c r="O30" s="161" t="s">
+        <v>164</v>
+      </c>
+      <c r="P30" s="160"/>
+    </row>
+    <row r="31" spans="1:19" ht="390" x14ac:dyDescent="0.25">
+      <c r="A31" s="45" t="s">
+        <v>77</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C31" s="3"/>
+      <c r="D31" s="26" t="s">
+        <v>75</v>
+      </c>
+      <c r="E31" s="110" t="s">
+        <v>78</v>
+      </c>
+      <c r="F31" s="112"/>
+      <c r="G31" s="3"/>
+      <c r="H31" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="I31" s="108" t="s">
+        <v>80</v>
+      </c>
+      <c r="J31" s="109"/>
+      <c r="K31" s="4"/>
+      <c r="L31" s="11"/>
+      <c r="M31" s="62" t="s">
+        <v>75</v>
+      </c>
+      <c r="N31" s="43" t="s">
+        <v>194</v>
+      </c>
+      <c r="O31" s="47" t="s">
+        <v>81</v>
+      </c>
+      <c r="P31" s="48" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q31" s="51" t="s">
+        <v>83</v>
+      </c>
+      <c r="R31" s="54" t="s">
+        <v>84</v>
+      </c>
+      <c r="S31" s="66"/>
+    </row>
+    <row r="32" spans="1:19" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="85" t="s">
+        <v>195</v>
+      </c>
+      <c r="B32" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C32" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E32" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F32" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H32" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I32" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J32" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K32" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L32" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M32" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N32" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="O32" s="150" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" s="151"/>
+      <c r="Q32" s="46"/>
+    </row>
+    <row r="33" spans="1:23" ht="147" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B33" s="108" t="s">
+        <v>37</v>
+      </c>
+      <c r="C33" s="120"/>
+      <c r="D33" s="120"/>
+      <c r="E33" s="120"/>
+      <c r="F33" s="120"/>
+      <c r="G33" s="120"/>
+      <c r="H33" s="120"/>
+      <c r="I33" s="120"/>
+      <c r="J33" s="120"/>
+      <c r="K33" s="120"/>
+      <c r="L33" s="120"/>
+      <c r="M33" s="109"/>
+      <c r="N33" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="O33" s="54" t="s">
+        <v>86</v>
+      </c>
+      <c r="P33" s="54" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q33" s="54" t="s">
+        <v>76</v>
+      </c>
+      <c r="R33" s="55"/>
+    </row>
+    <row r="34" spans="1:23" ht="240" x14ac:dyDescent="0.25">
+      <c r="A34" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C34" s="3"/>
+      <c r="D34" s="3"/>
+      <c r="E34" s="110" t="s">
+        <v>79</v>
+      </c>
+      <c r="F34" s="112"/>
+      <c r="G34" s="3"/>
+      <c r="H34" s="3"/>
+      <c r="I34" s="110" t="s">
+        <v>88</v>
+      </c>
+      <c r="J34" s="112"/>
+      <c r="K34" s="27"/>
+      <c r="L34" s="10"/>
+      <c r="M34" s="62" t="s">
+        <v>75</v>
+      </c>
+      <c r="N34" s="33" t="s">
+        <v>177</v>
+      </c>
+      <c r="O34" s="37" t="s">
+        <v>89</v>
+      </c>
+      <c r="P34" s="48" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q34" s="54" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="35" spans="1:23" ht="375" x14ac:dyDescent="0.25">
+      <c r="A35" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="B35" s="110" t="s">
+        <v>37</v>
+      </c>
+      <c r="C35" s="111"/>
+      <c r="D35" s="111"/>
+      <c r="E35" s="111"/>
+      <c r="F35" s="111"/>
+      <c r="G35" s="111"/>
+      <c r="H35" s="111"/>
+      <c r="I35" s="111"/>
+      <c r="J35" s="111"/>
+      <c r="K35" s="111"/>
+      <c r="L35" s="111"/>
+      <c r="M35" s="112"/>
+      <c r="N35" s="52" t="s">
+        <v>197</v>
+      </c>
+      <c r="O35" s="64" t="s">
+        <v>94</v>
+      </c>
+      <c r="P35" s="54" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q35" s="54" t="s">
+        <v>91</v>
+      </c>
+      <c r="R35" s="54" t="s">
+        <v>92</v>
+      </c>
+      <c r="S35" s="49" t="s">
+        <v>93</v>
+      </c>
+      <c r="T35" s="64" t="s">
+        <v>198</v>
+      </c>
+      <c r="W35" s="67"/>
+    </row>
+    <row r="36" spans="1:23" ht="135" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="B36" s="110" t="s">
+        <v>37</v>
+      </c>
+      <c r="C36" s="111"/>
+      <c r="D36" s="111"/>
+      <c r="E36" s="111"/>
+      <c r="F36" s="111"/>
+      <c r="G36" s="111"/>
+      <c r="H36" s="111"/>
+      <c r="I36" s="111"/>
+      <c r="J36" s="111"/>
+      <c r="K36" s="111"/>
+      <c r="L36" s="111"/>
+      <c r="M36" s="149"/>
+      <c r="N36" s="44" t="s">
+        <v>199</v>
+      </c>
+      <c r="O36" s="53" t="s">
+        <v>165</v>
+      </c>
+      <c r="P36" s="54" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q36" s="67"/>
+    </row>
+    <row r="37" spans="1:23" ht="405" x14ac:dyDescent="0.25">
+      <c r="A37" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="B37" s="110" t="s">
+        <v>37</v>
+      </c>
+      <c r="C37" s="111"/>
+      <c r="D37" s="111"/>
+      <c r="E37" s="111"/>
+      <c r="F37" s="111"/>
+      <c r="G37" s="111"/>
+      <c r="H37" s="111"/>
+      <c r="I37" s="111"/>
+      <c r="J37" s="111"/>
+      <c r="K37" s="111"/>
+      <c r="L37" s="111"/>
+      <c r="M37" s="112"/>
+      <c r="N37" s="68" t="s">
+        <v>167</v>
+      </c>
+      <c r="O37" s="162" t="s">
+        <v>166</v>
+      </c>
+      <c r="P37" s="162"/>
+    </row>
+    <row r="38" spans="1:23" ht="210" x14ac:dyDescent="0.25">
+      <c r="A38" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="B38" s="108" t="s">
+        <v>37</v>
+      </c>
+      <c r="C38" s="120"/>
+      <c r="D38" s="120"/>
+      <c r="E38" s="120"/>
+      <c r="F38" s="120"/>
+      <c r="G38" s="120"/>
+      <c r="H38" s="120"/>
+      <c r="I38" s="120"/>
+      <c r="J38" s="120"/>
+      <c r="K38" s="120"/>
+      <c r="L38" s="120"/>
+      <c r="M38" s="109"/>
+      <c r="N38" s="33" t="s">
+        <v>98</v>
+      </c>
+      <c r="O38" s="163"/>
+      <c r="P38" s="163"/>
+    </row>
+    <row r="39" spans="1:23" ht="120" x14ac:dyDescent="0.25">
+      <c r="A39" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="B39" s="108" t="s">
+        <v>37</v>
+      </c>
+      <c r="C39" s="120"/>
+      <c r="D39" s="120"/>
+      <c r="E39" s="120"/>
+      <c r="F39" s="120"/>
+      <c r="G39" s="120"/>
+      <c r="H39" s="120"/>
+      <c r="I39" s="120"/>
+      <c r="J39" s="120"/>
+      <c r="K39" s="120"/>
+      <c r="L39" s="120"/>
+      <c r="M39" s="109"/>
+      <c r="N39" s="33" t="s">
+        <v>154</v>
+      </c>
+      <c r="O39" s="129"/>
+      <c r="P39" s="129"/>
+    </row>
+    <row r="40" spans="1:23" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A40" s="73" t="s">
+        <v>100</v>
+      </c>
+      <c r="B40" s="137" t="s">
+        <v>1</v>
+      </c>
+      <c r="C40" s="138"/>
+      <c r="D40" s="138"/>
+      <c r="E40" s="139"/>
+      <c r="F40" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="G40" s="138"/>
+      <c r="H40" s="138"/>
+      <c r="I40" s="139"/>
+      <c r="J40" s="138" t="s">
+        <v>3</v>
+      </c>
+      <c r="K40" s="138"/>
+      <c r="L40" s="138"/>
+      <c r="M40" s="139"/>
+      <c r="N40" s="74" t="s">
+        <v>4</v>
+      </c>
+      <c r="O40" s="152" t="s">
+        <v>5</v>
+      </c>
+      <c r="P40" s="153"/>
+    </row>
+    <row r="41" spans="1:23" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="81" t="s">
         <v>202</v>
       </c>
-      <c r="B1" s="152"/>
-[...52 lines deleted...]
-      <c r="B3" s="157" t="s">
+      <c r="B41" s="82" t="s">
         <v>7</v>
       </c>
-      <c r="C3" s="158" t="s">
+      <c r="C41" s="80" t="s">
         <v>8</v>
       </c>
-      <c r="D3" s="158" t="s">
+      <c r="D41" s="80" t="s">
         <v>9</v>
       </c>
-      <c r="E3" s="158" t="s">
+      <c r="E41" s="80" t="s">
         <v>10</v>
       </c>
-      <c r="F3" s="158" t="s">
+      <c r="F41" s="80" t="s">
         <v>11</v>
       </c>
-      <c r="G3" s="158" t="s">
+      <c r="G41" s="80" t="s">
         <v>12</v>
       </c>
-      <c r="H3" s="158" t="s">
+      <c r="H41" s="80" t="s">
         <v>13</v>
       </c>
-      <c r="I3" s="158" t="s">
+      <c r="I41" s="80" t="s">
         <v>14</v>
       </c>
-      <c r="J3" s="158" t="s">
+      <c r="J41" s="80" t="s">
         <v>15</v>
       </c>
-      <c r="K3" s="158" t="s">
+      <c r="K41" s="80" t="s">
         <v>16</v>
       </c>
-      <c r="L3" s="159" t="s">
+      <c r="L41" s="83" t="s">
         <v>17</v>
       </c>
-      <c r="M3" s="159" t="s">
+      <c r="M41" s="83" t="s">
         <v>18</v>
       </c>
-      <c r="N3" s="161" t="s">
+      <c r="N41" s="80" t="s">
         <v>19</v>
       </c>
-      <c r="O3" s="160" t="s">
+      <c r="O41" s="124" t="s">
         <v>20</v>
       </c>
-      <c r="P3" s="160"/>
-[...15 lines deleted...]
-      <c r="I4" s="19" t="s">
+      <c r="P41" s="124"/>
+    </row>
+    <row r="42" spans="1:23" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A42" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="B42" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="J4" s="19" t="s">
+      <c r="C42" s="4"/>
+      <c r="D42" s="4"/>
+      <c r="E42" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="K4" s="19" t="s">
+      <c r="F42" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="L4" s="77"/>
-[...1 lines deleted...]
-      <c r="N4" s="39" t="s">
+      <c r="G42" s="4"/>
+      <c r="H42" s="4"/>
+      <c r="I42" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="J42" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="K42" s="4"/>
+      <c r="L42" s="11"/>
+      <c r="M42" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="N42" s="65" t="s">
+        <v>204</v>
+      </c>
+      <c r="O42" s="54" t="s">
+        <v>169</v>
+      </c>
+      <c r="P42" s="56" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="43" spans="1:23" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A43" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="B43" s="108" t="s">
+        <v>104</v>
+      </c>
+      <c r="C43" s="120"/>
+      <c r="D43" s="120"/>
+      <c r="E43" s="120"/>
+      <c r="F43" s="120"/>
+      <c r="G43" s="120"/>
+      <c r="H43" s="120"/>
+      <c r="I43" s="120"/>
+      <c r="J43" s="120"/>
+      <c r="K43" s="120"/>
+      <c r="L43" s="120"/>
+      <c r="M43" s="109"/>
+      <c r="N43" s="69" t="s">
+        <v>205</v>
+      </c>
+      <c r="O43" s="128"/>
+      <c r="P43" s="107"/>
+    </row>
+    <row r="44" spans="1:23" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="89" t="s">
+        <v>105</v>
+      </c>
+      <c r="B44" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C44" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E44" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F44" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H44" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I44" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J44" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K44" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L44" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M44" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N44" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O44" s="97" t="s">
+        <v>20</v>
+      </c>
+      <c r="P44" s="97"/>
+    </row>
+    <row r="45" spans="1:23" ht="150" x14ac:dyDescent="0.25">
+      <c r="A45" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="B45" s="2"/>
+      <c r="C45" s="3"/>
+      <c r="D45" s="3"/>
+      <c r="E45" s="2"/>
+      <c r="F45" s="3"/>
+      <c r="G45" s="3"/>
+      <c r="H45" s="3"/>
+      <c r="I45" s="2"/>
+      <c r="J45" s="3"/>
+      <c r="K45" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="L45" s="11"/>
+      <c r="M45" s="11"/>
+      <c r="N45" s="33" t="s">
+        <v>206</v>
+      </c>
+      <c r="O45" s="159" t="s">
+        <v>107</v>
+      </c>
+      <c r="P45" s="160"/>
+    </row>
+    <row r="46" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A46" s="81" t="s">
+        <v>108</v>
+      </c>
+      <c r="B46" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C46" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E46" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F46" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H46" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J46" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K46" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L46" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M46" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N46" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O46" s="97" t="s">
+        <v>20</v>
+      </c>
+      <c r="P46" s="97"/>
+    </row>
+    <row r="47" spans="1:23" ht="330" x14ac:dyDescent="0.25">
+      <c r="A47" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B47" s="2"/>
+      <c r="C47" s="3"/>
+      <c r="D47" s="3"/>
+      <c r="E47" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F47" s="3"/>
+      <c r="G47" s="3"/>
+      <c r="H47" s="3"/>
+      <c r="I47" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="J47" s="3"/>
+      <c r="K47" s="3"/>
+      <c r="L47" s="11"/>
+      <c r="M47" s="62" t="s">
+        <v>75</v>
+      </c>
+      <c r="N47" s="32" t="s">
+        <v>208</v>
+      </c>
+      <c r="O47" s="164"/>
+      <c r="P47" s="165"/>
+    </row>
+    <row r="48" spans="1:23" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="89" t="s">
+        <v>110</v>
+      </c>
+      <c r="B48" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C48" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E48" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F48" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H48" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J48" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K48" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L48" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M48" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N48" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O48" s="97" t="s">
+        <v>20</v>
+      </c>
+      <c r="P48" s="95"/>
+    </row>
+    <row r="49" spans="1:17" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A49" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B49" s="108" t="s">
+        <v>37</v>
+      </c>
+      <c r="C49" s="120"/>
+      <c r="D49" s="120"/>
+      <c r="E49" s="120"/>
+      <c r="F49" s="120"/>
+      <c r="G49" s="120"/>
+      <c r="H49" s="120"/>
+      <c r="I49" s="120"/>
+      <c r="J49" s="120"/>
+      <c r="K49" s="120"/>
+      <c r="L49" s="120"/>
+      <c r="M49" s="109"/>
+      <c r="N49" s="33" t="s">
+        <v>209</v>
+      </c>
+      <c r="O49" s="166"/>
+      <c r="P49" s="158"/>
+    </row>
+    <row r="50" spans="1:17" ht="45" x14ac:dyDescent="0.25">
+      <c r="A50" s="89" t="s">
+        <v>112</v>
+      </c>
+      <c r="B50" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C50" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E50" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F50" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H50" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J50" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K50" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L50" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M50" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N50" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O50" s="98" t="s">
+        <v>20</v>
+      </c>
+      <c r="P50" s="99"/>
+    </row>
+    <row r="51" spans="1:17" ht="375" x14ac:dyDescent="0.25">
+      <c r="A51" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="B51" s="168" t="s">
+        <v>22</v>
+      </c>
+      <c r="C51" s="27"/>
+      <c r="D51" s="27"/>
+      <c r="E51" s="27"/>
+      <c r="F51" s="167"/>
+      <c r="G51" s="27"/>
+      <c r="H51" s="27"/>
+      <c r="I51" s="27"/>
+      <c r="J51" s="27"/>
+      <c r="K51" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="L51" s="10"/>
+      <c r="M51" s="10"/>
+      <c r="N51" s="33" t="s">
+        <v>210</v>
+      </c>
+      <c r="O51" s="166"/>
+      <c r="P51" s="158"/>
+    </row>
+    <row r="52" spans="1:17" ht="30" x14ac:dyDescent="0.25">
+      <c r="A52" s="90" t="s">
+        <v>114</v>
+      </c>
+      <c r="B52" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C52" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E52" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F52" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H52" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J52" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K52" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L52" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M52" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N52" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O52" s="98" t="s">
+        <v>20</v>
+      </c>
+      <c r="P52" s="98"/>
+    </row>
+    <row r="53" spans="1:17" ht="255" x14ac:dyDescent="0.25">
+      <c r="A53" s="45" t="s">
+        <v>115</v>
+      </c>
+      <c r="B53" s="22"/>
+      <c r="C53" s="23"/>
+      <c r="D53" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="E53" s="23"/>
+      <c r="F53" s="23"/>
+      <c r="G53" s="23"/>
+      <c r="H53" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="I53" s="23"/>
+      <c r="J53" s="23"/>
+      <c r="K53" s="23"/>
+      <c r="L53" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="M53" s="24"/>
+      <c r="N53" s="68" t="s">
+        <v>155</v>
+      </c>
+      <c r="O53" s="166"/>
+      <c r="P53" s="158"/>
+    </row>
+    <row r="54" spans="1:17" ht="30" x14ac:dyDescent="0.25">
+      <c r="A54" s="90" t="s">
+        <v>116</v>
+      </c>
+      <c r="B54" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C54" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E54" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F54" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H54" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J54" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K54" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L54" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M54" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N54" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O54" s="99" t="s">
+        <v>20</v>
+      </c>
+      <c r="P54" s="99"/>
+    </row>
+    <row r="55" spans="1:17" ht="315" x14ac:dyDescent="0.25">
+      <c r="A55" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="C55" s="30"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="110" t="s">
+        <v>118</v>
+      </c>
+      <c r="F55" s="112"/>
+      <c r="G55" s="28"/>
+      <c r="H55" s="28"/>
+      <c r="I55" s="110" t="s">
+        <v>119</v>
+      </c>
+      <c r="J55" s="112"/>
+      <c r="K55" s="28"/>
+      <c r="L55" s="29"/>
+      <c r="M55" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="N55" s="33" t="s">
+        <v>212</v>
+      </c>
+      <c r="O55" s="142" t="s">
+        <v>156</v>
+      </c>
+      <c r="P55" s="154"/>
+    </row>
+    <row r="56" spans="1:17" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A56" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="C56" s="28"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="110" t="s">
+        <v>118</v>
+      </c>
+      <c r="F56" s="112"/>
+      <c r="G56" s="28"/>
+      <c r="H56" s="28"/>
+      <c r="I56" s="110" t="s">
+        <v>119</v>
+      </c>
+      <c r="J56" s="112"/>
+      <c r="K56" s="28"/>
+      <c r="L56" s="29"/>
+      <c r="M56" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="N56" s="33" t="s">
+        <v>213</v>
+      </c>
+      <c r="O56" s="169"/>
+      <c r="P56" s="170"/>
+      <c r="Q56" s="59"/>
+    </row>
+    <row r="57" spans="1:17" ht="330" x14ac:dyDescent="0.25">
+      <c r="A57" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="B57" s="28"/>
+      <c r="C57" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F57" s="28"/>
+      <c r="G57" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="J57" s="28"/>
+      <c r="K57" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="L57" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M57" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="N57" s="36" t="s">
+        <v>122</v>
+      </c>
+      <c r="O57" s="128"/>
+      <c r="P57" s="107"/>
+    </row>
+    <row r="58" spans="1:17" ht="255" x14ac:dyDescent="0.25">
+      <c r="A58" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="B58" s="28"/>
+      <c r="C58" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D58" s="110" t="s">
+        <v>125</v>
+      </c>
+      <c r="E58" s="112"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="H58" s="110" t="s">
+        <v>125</v>
+      </c>
+      <c r="I58" s="112"/>
+      <c r="J58" s="28"/>
+      <c r="K58" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="L58" s="110" t="s">
+        <v>125</v>
+      </c>
+      <c r="M58" s="112"/>
+      <c r="N58" s="36" t="s">
+        <v>157</v>
+      </c>
+      <c r="O58" s="40"/>
+      <c r="P58" s="57"/>
+    </row>
+    <row r="59" spans="1:17" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="89" t="s">
+        <v>214</v>
+      </c>
+      <c r="B59" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C59" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E59" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F59" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H59" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I59" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J59" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K59" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L59" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M59" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N59" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O59" s="98" t="s">
+        <v>20</v>
+      </c>
+      <c r="P59" s="99"/>
+    </row>
+    <row r="60" spans="1:17" ht="195" x14ac:dyDescent="0.25">
+      <c r="A60" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="B60" s="148" t="s">
+        <v>37</v>
+      </c>
+      <c r="C60" s="148"/>
+      <c r="D60" s="148"/>
+      <c r="E60" s="148"/>
+      <c r="F60" s="148"/>
+      <c r="G60" s="148"/>
+      <c r="H60" s="148"/>
+      <c r="I60" s="148"/>
+      <c r="J60" s="148"/>
+      <c r="K60" s="148"/>
+      <c r="L60" s="7"/>
+      <c r="N60" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="O60" s="58" t="s">
+        <v>158</v>
+      </c>
+      <c r="P60" s="70" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="90" t="s">
+        <v>215</v>
+      </c>
+      <c r="B61" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C61" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E61" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F61" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H61" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I61" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J61" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K61" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L61" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M61" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N61" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O61" s="95" t="s">
+        <v>20</v>
+      </c>
+      <c r="P61" s="96"/>
+    </row>
+    <row r="62" spans="1:17" ht="390" x14ac:dyDescent="0.25">
+      <c r="A62" s="31" t="s">
+        <v>128</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="C62" s="20"/>
+      <c r="D62" s="20"/>
+      <c r="E62" s="110" t="s">
+        <v>75</v>
+      </c>
+      <c r="F62" s="112"/>
+      <c r="G62" s="20"/>
+      <c r="H62" s="20"/>
+      <c r="I62" s="110" t="s">
+        <v>79</v>
+      </c>
+      <c r="J62" s="112"/>
+      <c r="K62" s="20"/>
+      <c r="L62" s="7"/>
+      <c r="M62" s="12" t="s">
+        <v>216</v>
+      </c>
+      <c r="N62" s="33" t="s">
+        <v>217</v>
+      </c>
+      <c r="O62" s="159" t="s">
+        <v>129</v>
+      </c>
+      <c r="P62" s="160"/>
+    </row>
+    <row r="63" spans="1:17" ht="150" x14ac:dyDescent="0.25">
+      <c r="A63" s="31" t="s">
+        <v>130</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="C63" s="20"/>
+      <c r="D63" s="20"/>
+      <c r="E63" s="110" t="s">
+        <v>75</v>
+      </c>
+      <c r="F63" s="112"/>
+      <c r="G63" s="20"/>
+      <c r="H63" s="20"/>
+      <c r="I63" s="110" t="s">
+        <v>79</v>
+      </c>
+      <c r="J63" s="112"/>
+      <c r="K63" s="20"/>
+      <c r="L63" s="7"/>
+      <c r="M63" s="12" t="s">
+        <v>216</v>
+      </c>
+      <c r="N63" s="36" t="s">
+        <v>131</v>
+      </c>
+      <c r="O63" s="157"/>
+      <c r="P63" s="158"/>
+    </row>
+    <row r="64" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="90" t="s">
+        <v>132</v>
+      </c>
+      <c r="B64" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C64" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E64" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F64" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H64" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I64" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J64" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K64" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L64" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M64" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N64" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O64" s="97" t="s">
+        <v>20</v>
+      </c>
+      <c r="P64" s="95"/>
+    </row>
+    <row r="65" spans="1:17" ht="165" x14ac:dyDescent="0.25">
+      <c r="A65" s="34" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" s="35"/>
+      <c r="C65" s="7"/>
+      <c r="D65" s="7"/>
+      <c r="E65" s="7"/>
+      <c r="F65" s="108" t="s">
+        <v>134</v>
+      </c>
+      <c r="G65" s="109"/>
+      <c r="H65" s="7"/>
+      <c r="I65" s="4"/>
+      <c r="J65" s="4"/>
+      <c r="K65" s="7"/>
+      <c r="L65" s="7"/>
+      <c r="N65" s="33" t="s">
+        <v>170</v>
+      </c>
+      <c r="O65" s="100"/>
+      <c r="P65" s="101"/>
+    </row>
+    <row r="66" spans="1:17" ht="330" x14ac:dyDescent="0.25">
+      <c r="A66" s="31" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" s="21"/>
+      <c r="C66" s="20"/>
+      <c r="D66" s="20"/>
+      <c r="E66" s="20"/>
+      <c r="F66" s="20"/>
+      <c r="G66" s="20"/>
+      <c r="H66" s="20"/>
+      <c r="I66" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="J66" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K66" s="20"/>
+      <c r="L66" s="7"/>
+      <c r="N66" s="33" t="s">
         <v>218</v>
       </c>
-      <c r="O4" s="90" t="s">
-[...18 lines deleted...]
-      <c r="I5" s="19" t="s">
+      <c r="O66" s="102" t="s">
+        <v>150</v>
+      </c>
+      <c r="P66" s="102"/>
+    </row>
+    <row r="67" spans="1:17" ht="135" x14ac:dyDescent="0.25">
+      <c r="A67" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" s="21"/>
+      <c r="C67" s="20"/>
+      <c r="D67" s="20"/>
+      <c r="E67" s="20"/>
+      <c r="F67" s="20"/>
+      <c r="G67" s="20"/>
+      <c r="H67" s="20"/>
+      <c r="I67" s="20"/>
+      <c r="J67" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="J5" s="19" t="s">
+      <c r="K67" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="K5" s="19" t="s">
+      <c r="L67" s="7"/>
+      <c r="N67" s="32" t="s">
+        <v>171</v>
+      </c>
+      <c r="O67" s="103"/>
+      <c r="P67" s="104"/>
+    </row>
+    <row r="68" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A68" s="85" t="s">
+        <v>137</v>
+      </c>
+      <c r="B68" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C68" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E68" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F68" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H68" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I68" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J68" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K68" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L68" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M68" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N68" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O68" s="95" t="s">
+        <v>20</v>
+      </c>
+      <c r="P68" s="95"/>
+    </row>
+    <row r="69" spans="1:17" ht="285" x14ac:dyDescent="0.25">
+      <c r="A69" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="C69" s="20"/>
+      <c r="D69" s="20"/>
+      <c r="E69" s="20"/>
+      <c r="F69" s="20"/>
+      <c r="G69" s="20"/>
+      <c r="H69" s="20"/>
+      <c r="I69" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="L5" s="77"/>
-[...27 lines deleted...]
-      <c r="I6" s="19" t="s">
+      <c r="J69" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="J6" s="19" t="s">
+      <c r="K69" s="20"/>
+      <c r="L69" s="7"/>
+      <c r="N69" s="33" t="s">
+        <v>220</v>
+      </c>
+      <c r="O69" s="105"/>
+      <c r="P69" s="105"/>
+    </row>
+    <row r="70" spans="1:17" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A70" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="B70" s="21"/>
+      <c r="C70" s="20"/>
+      <c r="D70" s="20"/>
+      <c r="E70" s="20"/>
+      <c r="F70" s="20"/>
+      <c r="G70" s="20"/>
+      <c r="H70" s="20"/>
+      <c r="I70" s="20"/>
+      <c r="J70" s="20"/>
+      <c r="K70" s="20"/>
+      <c r="L70" s="7"/>
+      <c r="N70" s="33" t="s">
+        <v>172</v>
+      </c>
+      <c r="O70" s="106"/>
+      <c r="P70" s="107"/>
+    </row>
+    <row r="71" spans="1:17" ht="30" x14ac:dyDescent="0.25">
+      <c r="A71" s="91" t="s">
+        <v>221</v>
+      </c>
+      <c r="B71" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="C71" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="E71" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="F71" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H71" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I71" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="J71" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="K71" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="L71" s="83" t="s">
+        <v>17</v>
+      </c>
+      <c r="M71" s="83" t="s">
+        <v>18</v>
+      </c>
+      <c r="N71" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="O71" s="98" t="s">
+        <v>20</v>
+      </c>
+      <c r="P71" s="99"/>
+    </row>
+    <row r="72" spans="1:17" ht="45" x14ac:dyDescent="0.25">
+      <c r="A72" s="31" t="s">
+        <v>139</v>
+      </c>
+      <c r="B72" s="12"/>
+      <c r="C72" s="4"/>
+      <c r="D72" s="4"/>
+      <c r="E72" s="4"/>
+      <c r="F72" s="4"/>
+      <c r="G72" s="4"/>
+      <c r="H72" s="4"/>
+      <c r="I72" s="4"/>
+      <c r="J72" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="K6" s="19" t="s">
+      <c r="K72" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="L6" s="77"/>
-[...337 lines deleted...]
-      <c r="B17" s="30" t="s">
+      <c r="L72" s="4"/>
+      <c r="M72" s="4"/>
+      <c r="N72" s="92" t="s">
+        <v>160</v>
+      </c>
+      <c r="O72" s="134" t="s">
+        <v>173</v>
+      </c>
+      <c r="P72" s="135"/>
+    </row>
+    <row r="73" spans="1:17" ht="60" x14ac:dyDescent="0.25">
+      <c r="A73" s="31" t="s">
+        <v>140</v>
+      </c>
+      <c r="B73" s="12"/>
+      <c r="C73" s="4"/>
+      <c r="D73" s="4"/>
+      <c r="E73" s="4"/>
+      <c r="F73" s="4"/>
+      <c r="G73" s="4"/>
+      <c r="H73" s="4"/>
+      <c r="I73" s="4"/>
+      <c r="J73" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="C17" s="30" t="s">
+      <c r="K73" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="D17" s="30" t="s">
+      <c r="L73" s="4"/>
+      <c r="M73" s="4"/>
+      <c r="N73" s="93"/>
+      <c r="O73" s="171"/>
+      <c r="P73" s="172"/>
+    </row>
+    <row r="74" spans="1:17" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="31" t="s">
+        <v>141</v>
+      </c>
+      <c r="B74" s="12"/>
+      <c r="C74" s="4"/>
+      <c r="D74" s="4"/>
+      <c r="E74" s="4"/>
+      <c r="F74" s="4"/>
+      <c r="G74" s="4"/>
+      <c r="H74" s="4"/>
+      <c r="I74" s="4"/>
+      <c r="J74" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="E17" s="30" t="s">
+      <c r="K74" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="F17" s="30" t="s">
+      <c r="L74" s="4"/>
+      <c r="M74" s="4"/>
+      <c r="N74" s="93"/>
+      <c r="O74" s="171"/>
+      <c r="P74" s="172"/>
+    </row>
+    <row r="75" spans="1:17" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="31" t="s">
+        <v>142</v>
+      </c>
+      <c r="B75" s="12"/>
+      <c r="C75" s="4"/>
+      <c r="D75" s="4"/>
+      <c r="E75" s="4"/>
+      <c r="F75" s="4"/>
+      <c r="G75" s="4"/>
+      <c r="H75" s="4"/>
+      <c r="I75" s="4"/>
+      <c r="J75" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="G17" s="30" t="s">
+      <c r="K75" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="H17" s="30" t="s">
+      <c r="L75" s="4"/>
+      <c r="M75" s="4"/>
+      <c r="N75" s="93"/>
+      <c r="O75" s="171"/>
+      <c r="P75" s="172"/>
+    </row>
+    <row r="76" spans="1:17" ht="45" x14ac:dyDescent="0.25">
+      <c r="A76" s="31" t="s">
+        <v>143</v>
+      </c>
+      <c r="B76" s="12"/>
+      <c r="C76" s="4"/>
+      <c r="D76" s="4"/>
+      <c r="E76" s="4"/>
+      <c r="F76" s="4"/>
+      <c r="G76" s="4"/>
+      <c r="H76" s="4"/>
+      <c r="I76" s="4"/>
+      <c r="J76" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="I17" s="30" t="s">
+      <c r="K76" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="J17" s="30" t="s">
+      <c r="L76" s="4"/>
+      <c r="M76" s="4"/>
+      <c r="N76" s="93"/>
+      <c r="O76" s="171"/>
+      <c r="P76" s="172"/>
+    </row>
+    <row r="77" spans="1:17" ht="45" x14ac:dyDescent="0.25">
+      <c r="A77" s="31" t="s">
+        <v>144</v>
+      </c>
+      <c r="B77" s="12"/>
+      <c r="C77" s="4"/>
+      <c r="D77" s="4"/>
+      <c r="E77" s="4"/>
+      <c r="F77" s="4"/>
+      <c r="G77" s="4"/>
+      <c r="H77" s="4"/>
+      <c r="I77" s="4"/>
+      <c r="J77" s="12" t="s">
+        <v>145</v>
+      </c>
+      <c r="K77" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="K17" s="30" t="s">
-[...110 lines deleted...]
-      <c r="N20" s="80" t="s">
+      <c r="L77" s="4"/>
+      <c r="M77" s="4"/>
+      <c r="N77" s="94"/>
+      <c r="O77" s="171"/>
+      <c r="P77" s="172"/>
+    </row>
+    <row r="78" spans="1:17" ht="255" x14ac:dyDescent="0.25">
+      <c r="A78" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="E78" s="2"/>
+      <c r="F78" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="G78" s="2"/>
+      <c r="H78" s="12" t="s">
+        <v>148</v>
+      </c>
+      <c r="I78" s="2"/>
+      <c r="J78" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="O20" s="131"/>
-[...1698 lines deleted...]
-      <c r="N63" s="67" t="s">
+      <c r="K78" s="2"/>
+      <c r="L78" s="12"/>
+      <c r="M78" s="12"/>
+      <c r="N78" s="33" t="s">
         <v>161</v>
       </c>
-      <c r="O63" s="94"/>
-[...5 lines deleted...]
-      <c r="A64" s="187" t="s">
+      <c r="O78" s="142" t="s">
         <v>162</v>
       </c>
-      <c r="B64" s="163" t="s">
-[...2215 lines deleted...]
-      <c r="R175" s="1"/>
+      <c r="P78" s="154"/>
+      <c r="Q78" s="61"/>
+    </row>
+    <row r="79" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B79"/>
+      <c r="L79"/>
+      <c r="M79"/>
+      <c r="N79"/>
+    </row>
+    <row r="80" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="B80"/>
+      <c r="L80"/>
+      <c r="M80"/>
+      <c r="N80"/>
+      <c r="P80" s="60"/>
+    </row>
+    <row r="81" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B81"/>
+      <c r="L81"/>
+      <c r="M81"/>
+      <c r="N81"/>
+    </row>
+    <row r="82" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B82"/>
+      <c r="L82"/>
+      <c r="M82"/>
+      <c r="N82"/>
+    </row>
+    <row r="83" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B83"/>
+      <c r="L83"/>
+      <c r="M83"/>
+      <c r="N83"/>
+    </row>
+    <row r="84" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B84"/>
+      <c r="L84"/>
+      <c r="M84"/>
+      <c r="N84"/>
+    </row>
+    <row r="85" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B85"/>
+      <c r="L85"/>
+      <c r="M85"/>
+      <c r="N85"/>
+    </row>
+    <row r="86" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B86"/>
+      <c r="L86"/>
+      <c r="M86"/>
+      <c r="N86"/>
+    </row>
+    <row r="87" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B87"/>
+      <c r="L87"/>
+      <c r="M87"/>
+      <c r="N87"/>
+    </row>
+    <row r="88" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B88"/>
+      <c r="L88"/>
+      <c r="M88"/>
+      <c r="N88"/>
+    </row>
+    <row r="89" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B89"/>
+      <c r="L89"/>
+      <c r="M89"/>
+      <c r="N89"/>
+    </row>
+    <row r="90" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B90"/>
+      <c r="L90"/>
+      <c r="M90"/>
+      <c r="N90"/>
+    </row>
+    <row r="91" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B91"/>
+      <c r="L91"/>
+      <c r="M91"/>
+      <c r="N91"/>
+    </row>
+    <row r="92" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B92"/>
+      <c r="L92"/>
+      <c r="M92"/>
+      <c r="N92"/>
+    </row>
+    <row r="93" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B93"/>
+      <c r="L93"/>
+      <c r="M93"/>
+      <c r="N93"/>
+    </row>
+    <row r="94" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B94"/>
+      <c r="L94"/>
+      <c r="M94"/>
+      <c r="N94"/>
+    </row>
+    <row r="95" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B95"/>
+      <c r="L95"/>
+      <c r="M95"/>
+      <c r="N95"/>
+    </row>
+    <row r="96" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B96"/>
+      <c r="L96"/>
+      <c r="M96"/>
+      <c r="N96"/>
+    </row>
+    <row r="97" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B97"/>
+      <c r="L97"/>
+      <c r="M97"/>
+      <c r="N97"/>
+    </row>
+    <row r="98" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B98"/>
+      <c r="L98"/>
+      <c r="M98"/>
+      <c r="N98"/>
+    </row>
+    <row r="99" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B99"/>
+      <c r="L99"/>
+      <c r="M99"/>
+      <c r="N99"/>
+    </row>
+    <row r="100" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B100"/>
+      <c r="L100"/>
+      <c r="M100"/>
+      <c r="N100"/>
+    </row>
+    <row r="101" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B101"/>
+      <c r="L101"/>
+      <c r="M101"/>
+      <c r="N101"/>
+    </row>
+    <row r="102" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B102"/>
+      <c r="L102"/>
+      <c r="M102"/>
+      <c r="N102"/>
+    </row>
+    <row r="103" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B103"/>
+      <c r="L103"/>
+      <c r="M103"/>
+      <c r="N103"/>
+    </row>
+    <row r="104" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B104"/>
+      <c r="L104"/>
+      <c r="M104"/>
+      <c r="N104"/>
+    </row>
+    <row r="105" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B105"/>
+      <c r="L105"/>
+      <c r="M105"/>
+      <c r="N105"/>
+    </row>
+    <row r="106" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B106"/>
+      <c r="L106"/>
+      <c r="M106"/>
+      <c r="N106"/>
+    </row>
+    <row r="107" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B107"/>
+      <c r="L107"/>
+      <c r="M107"/>
+      <c r="N107"/>
+    </row>
+    <row r="108" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B108"/>
+      <c r="L108"/>
+      <c r="M108"/>
+      <c r="N108"/>
+    </row>
+    <row r="109" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B109"/>
+      <c r="L109"/>
+      <c r="M109"/>
+      <c r="N109"/>
+    </row>
+    <row r="110" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B110"/>
+      <c r="L110"/>
+      <c r="M110"/>
+      <c r="N110"/>
+    </row>
+    <row r="111" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B111"/>
+      <c r="L111"/>
+      <c r="M111"/>
+      <c r="N111"/>
+    </row>
+    <row r="112" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B112"/>
+      <c r="L112"/>
+      <c r="M112"/>
+      <c r="N112"/>
+    </row>
+    <row r="113" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B113"/>
+      <c r="L113"/>
+      <c r="M113"/>
+      <c r="N113"/>
+    </row>
+    <row r="114" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B114"/>
+      <c r="L114"/>
+      <c r="M114"/>
+      <c r="N114"/>
+    </row>
+    <row r="115" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B115"/>
+      <c r="L115"/>
+      <c r="M115"/>
+      <c r="N115"/>
+    </row>
+    <row r="116" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B116"/>
+      <c r="L116"/>
+      <c r="M116"/>
+      <c r="N116"/>
+    </row>
+    <row r="117" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B117"/>
+      <c r="L117"/>
+      <c r="M117"/>
+      <c r="N117"/>
+    </row>
+    <row r="118" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B118"/>
+      <c r="L118"/>
+      <c r="M118"/>
+      <c r="N118"/>
+    </row>
+    <row r="119" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B119"/>
+      <c r="L119"/>
+      <c r="M119"/>
+      <c r="N119"/>
+    </row>
+    <row r="120" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B120"/>
+      <c r="L120"/>
+      <c r="M120"/>
+      <c r="N120"/>
+    </row>
+    <row r="121" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B121"/>
+      <c r="L121"/>
+      <c r="M121"/>
+      <c r="N121"/>
+    </row>
+    <row r="122" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B122"/>
+      <c r="L122"/>
+      <c r="M122"/>
+      <c r="N122"/>
+    </row>
+    <row r="123" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B123"/>
+      <c r="L123"/>
+      <c r="M123"/>
+      <c r="N123"/>
+    </row>
+    <row r="124" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B124"/>
+      <c r="L124"/>
+      <c r="M124"/>
+      <c r="N124"/>
+    </row>
+    <row r="125" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B125"/>
+      <c r="L125"/>
+      <c r="M125"/>
+      <c r="N125"/>
+    </row>
+    <row r="126" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B126"/>
+      <c r="L126"/>
+      <c r="M126"/>
+      <c r="N126"/>
+    </row>
+    <row r="127" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B127"/>
+      <c r="L127"/>
+      <c r="M127"/>
+      <c r="N127"/>
+    </row>
+    <row r="128" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B128"/>
+      <c r="L128"/>
+      <c r="M128"/>
+      <c r="N128"/>
+    </row>
+    <row r="129" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B129"/>
+      <c r="L129"/>
+      <c r="M129"/>
+      <c r="N129"/>
+    </row>
+    <row r="130" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B130"/>
+      <c r="L130"/>
+      <c r="M130"/>
+      <c r="N130"/>
+    </row>
+    <row r="131" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B131"/>
+      <c r="L131"/>
+      <c r="M131"/>
+      <c r="N131"/>
+    </row>
+    <row r="132" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B132"/>
+      <c r="L132"/>
+      <c r="M132"/>
+      <c r="N132"/>
+    </row>
+    <row r="133" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B133"/>
+      <c r="L133"/>
+      <c r="M133"/>
+      <c r="N133"/>
+    </row>
+    <row r="134" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B134"/>
+      <c r="L134"/>
+      <c r="M134"/>
+      <c r="N134"/>
+    </row>
+    <row r="135" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B135"/>
+      <c r="L135"/>
+      <c r="M135"/>
+      <c r="N135"/>
+    </row>
+    <row r="136" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B136"/>
+      <c r="L136"/>
+      <c r="M136"/>
+      <c r="N136"/>
+    </row>
+    <row r="137" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B137"/>
+      <c r="L137"/>
+      <c r="M137"/>
+      <c r="N137"/>
+    </row>
+    <row r="138" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B138"/>
+      <c r="L138"/>
+      <c r="M138"/>
+      <c r="N138"/>
+    </row>
+    <row r="139" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B139"/>
+      <c r="L139"/>
+      <c r="M139"/>
+      <c r="N139"/>
+    </row>
+    <row r="140" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B140"/>
+      <c r="L140"/>
+      <c r="M140"/>
+      <c r="N140"/>
+    </row>
+    <row r="141" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B141"/>
+      <c r="L141"/>
+      <c r="M141"/>
+      <c r="N141"/>
+    </row>
+    <row r="142" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B142"/>
+      <c r="L142"/>
+      <c r="M142"/>
+      <c r="N142"/>
+    </row>
+    <row r="143" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B143"/>
+      <c r="L143"/>
+      <c r="M143"/>
+      <c r="N143"/>
+    </row>
+    <row r="144" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B144"/>
+      <c r="L144"/>
+      <c r="M144"/>
+      <c r="N144"/>
+    </row>
+    <row r="145" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B145"/>
+      <c r="L145"/>
+      <c r="M145"/>
+      <c r="N145"/>
+    </row>
+    <row r="146" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B146"/>
+      <c r="L146"/>
+      <c r="M146"/>
+      <c r="N146"/>
+    </row>
+    <row r="147" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B147"/>
+      <c r="L147"/>
+      <c r="M147"/>
+      <c r="N147"/>
+    </row>
+    <row r="148" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B148"/>
+      <c r="L148"/>
+      <c r="M148"/>
+      <c r="N148"/>
+    </row>
+    <row r="149" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B149"/>
+      <c r="L149"/>
+      <c r="M149"/>
+      <c r="N149"/>
+    </row>
+    <row r="150" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B150"/>
+      <c r="L150"/>
+      <c r="M150"/>
+      <c r="N150"/>
+    </row>
+    <row r="151" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B151"/>
+      <c r="L151"/>
+      <c r="M151"/>
+      <c r="N151"/>
+    </row>
+    <row r="152" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B152"/>
+      <c r="L152"/>
+      <c r="M152"/>
+      <c r="N152"/>
+    </row>
+    <row r="153" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B153"/>
+      <c r="L153"/>
+      <c r="M153"/>
+      <c r="N153"/>
+    </row>
+    <row r="154" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B154"/>
+      <c r="L154"/>
+      <c r="M154"/>
+      <c r="N154"/>
+    </row>
+    <row r="155" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B155"/>
+      <c r="L155"/>
+      <c r="M155"/>
+      <c r="N155"/>
+    </row>
+    <row r="156" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B156"/>
+      <c r="L156"/>
+      <c r="M156"/>
+      <c r="N156"/>
+    </row>
+    <row r="157" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B157"/>
+      <c r="L157"/>
+      <c r="M157"/>
+      <c r="N157"/>
+    </row>
+    <row r="158" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B158"/>
+      <c r="L158"/>
+      <c r="M158"/>
+      <c r="N158"/>
+    </row>
+    <row r="159" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B159"/>
+      <c r="L159"/>
+      <c r="M159"/>
+      <c r="N159"/>
+    </row>
+    <row r="160" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B160"/>
+      <c r="L160"/>
+      <c r="M160"/>
+      <c r="N160"/>
+    </row>
+    <row r="161" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B161"/>
+      <c r="L161"/>
+      <c r="M161"/>
+      <c r="N161"/>
+    </row>
+    <row r="162" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B162"/>
+      <c r="L162"/>
+      <c r="M162"/>
+      <c r="N162"/>
+    </row>
+    <row r="163" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B163"/>
+      <c r="L163"/>
+      <c r="M163"/>
+      <c r="N163"/>
+    </row>
+    <row r="164" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B164"/>
+      <c r="L164"/>
+      <c r="M164"/>
+      <c r="N164"/>
+    </row>
+    <row r="165" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B165"/>
+      <c r="L165"/>
+      <c r="M165"/>
+      <c r="N165"/>
+    </row>
+    <row r="166" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B166"/>
+      <c r="L166"/>
+      <c r="M166"/>
+      <c r="N166"/>
+    </row>
+    <row r="167" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B167"/>
+      <c r="L167"/>
+      <c r="M167"/>
+      <c r="N167"/>
+    </row>
+    <row r="168" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B168"/>
+      <c r="L168"/>
+      <c r="M168"/>
+      <c r="N168"/>
+    </row>
+    <row r="169" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B169"/>
+      <c r="L169"/>
+      <c r="M169"/>
+      <c r="N169"/>
+    </row>
+    <row r="170" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B170"/>
+      <c r="L170"/>
+      <c r="M170"/>
+      <c r="N170"/>
+    </row>
+    <row r="171" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B171"/>
+      <c r="L171"/>
+      <c r="M171"/>
+      <c r="N171"/>
+    </row>
+    <row r="172" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B172"/>
+      <c r="L172"/>
+      <c r="M172"/>
+      <c r="N172"/>
+    </row>
+    <row r="173" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B173"/>
+      <c r="L173"/>
+      <c r="M173"/>
+      <c r="N173"/>
+    </row>
+    <row r="174" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B174"/>
+      <c r="L174"/>
+      <c r="M174"/>
+      <c r="N174"/>
     </row>
   </sheetData>
-  <mergeCells count="117">
-[...22 lines deleted...]
-    <mergeCell ref="E55:F55"/>
+  <mergeCells count="118">
+    <mergeCell ref="O78:P78"/>
+    <mergeCell ref="O55:P55"/>
+    <mergeCell ref="O56:P56"/>
+    <mergeCell ref="O57:P57"/>
+    <mergeCell ref="O62:P62"/>
+    <mergeCell ref="O63:P63"/>
+    <mergeCell ref="O25:P25"/>
+    <mergeCell ref="O28:P28"/>
+    <mergeCell ref="O30:P30"/>
+    <mergeCell ref="O37:P37"/>
+    <mergeCell ref="O38:P38"/>
+    <mergeCell ref="O41:P41"/>
+    <mergeCell ref="O44:P44"/>
+    <mergeCell ref="O46:P46"/>
+    <mergeCell ref="O48:P48"/>
+    <mergeCell ref="O50:P50"/>
+    <mergeCell ref="O52:P52"/>
+    <mergeCell ref="O54:P54"/>
+    <mergeCell ref="O39:P39"/>
+    <mergeCell ref="O43:P43"/>
+    <mergeCell ref="O47:P47"/>
+    <mergeCell ref="O49:P49"/>
+    <mergeCell ref="O51:P51"/>
+    <mergeCell ref="O53:P53"/>
+    <mergeCell ref="O45:P45"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="O6:P6"/>
+    <mergeCell ref="O8:P8"/>
+    <mergeCell ref="O9:P9"/>
+    <mergeCell ref="O10:P10"/>
+    <mergeCell ref="L58:M58"/>
+    <mergeCell ref="B60:K60"/>
+    <mergeCell ref="E62:F62"/>
+    <mergeCell ref="I62:J62"/>
+    <mergeCell ref="I31:J31"/>
+    <mergeCell ref="B36:M36"/>
+    <mergeCell ref="B37:M37"/>
+    <mergeCell ref="B33:M33"/>
+    <mergeCell ref="B43:M43"/>
+    <mergeCell ref="B38:M38"/>
+    <mergeCell ref="B39:M39"/>
+    <mergeCell ref="I55:J55"/>
+    <mergeCell ref="E56:F56"/>
+    <mergeCell ref="I56:J56"/>
+    <mergeCell ref="H58:I58"/>
+    <mergeCell ref="D58:E58"/>
+    <mergeCell ref="O59:P59"/>
+    <mergeCell ref="O32:P32"/>
+    <mergeCell ref="O40:P40"/>
+    <mergeCell ref="O14:P14"/>
+    <mergeCell ref="B40:E40"/>
+    <mergeCell ref="F40:I40"/>
+    <mergeCell ref="J40:M40"/>
+    <mergeCell ref="B21:K21"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="B30:K30"/>
+    <mergeCell ref="E34:F34"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="B26:E26"/>
+    <mergeCell ref="F26:I26"/>
+    <mergeCell ref="J26:M26"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="O22:P22"/>
+    <mergeCell ref="O26:P26"/>
+    <mergeCell ref="O27:P27"/>
+    <mergeCell ref="O29:P29"/>
+    <mergeCell ref="O20:P20"/>
+    <mergeCell ref="O21:P21"/>
+    <mergeCell ref="O23:P23"/>
+    <mergeCell ref="O24:P24"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="F2:I2"/>
     <mergeCell ref="J2:M2"/>
     <mergeCell ref="O2:P2"/>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="G16:H16"/>
     <mergeCell ref="B19:K19"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="O7:P7"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="O13:P13"/>
     <mergeCell ref="O15:P15"/>
     <mergeCell ref="O16:P16"/>
     <mergeCell ref="O17:P17"/>
     <mergeCell ref="O19:P19"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="B9:M9"/>
     <mergeCell ref="B10:M10"/>
     <mergeCell ref="B11:M11"/>
     <mergeCell ref="B12:M12"/>
     <mergeCell ref="O3:P3"/>
     <mergeCell ref="O18:P18"/>
-    <mergeCell ref="O14:P14"/>
-[...68 lines deleted...]
-    <mergeCell ref="O45:P45"/>
+    <mergeCell ref="F65:G65"/>
+    <mergeCell ref="B20:K20"/>
+    <mergeCell ref="G15:I15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="C13:E13"/>
+    <mergeCell ref="G13:I13"/>
+    <mergeCell ref="B24:M24"/>
+    <mergeCell ref="B49:M49"/>
+    <mergeCell ref="B35:M35"/>
+    <mergeCell ref="E63:F63"/>
+    <mergeCell ref="I63:J63"/>
+    <mergeCell ref="E55:F55"/>
+    <mergeCell ref="N72:N77"/>
+    <mergeCell ref="O61:P61"/>
+    <mergeCell ref="O64:P64"/>
+    <mergeCell ref="O68:P68"/>
+    <mergeCell ref="O71:P71"/>
+    <mergeCell ref="O65:P65"/>
+    <mergeCell ref="O66:P66"/>
+    <mergeCell ref="O67:P67"/>
+    <mergeCell ref="O69:P69"/>
+    <mergeCell ref="O70:P70"/>
+    <mergeCell ref="O72:P77"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="O4" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="O6" r:id="rId2" display="https://department.flemingcollege.ca/pcr/programs/" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="O5" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="O19" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="O25" r:id="rId5" display="Purchasing Department - Available Forms" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="O30" r:id="rId6" display="Policies and Regulations" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="O31" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="P31" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="Q31" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="R31" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
-    <hyperlink ref="O35" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
-[...38 lines deleted...]
-    <hyperlink ref="O12" r:id="rId50" xr:uid="{335567CB-D14F-402C-9A36-F7B5D89A255B}"/>
+    <hyperlink ref="O36" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="P36" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="S35" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="R35" r:id="rId14" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="O37" r:id="rId15" display="Student Rights and Responsibilities" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="Q35" r:id="rId16" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
+    <hyperlink ref="O33" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
+    <hyperlink ref="P33" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
+    <hyperlink ref="Q33" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="O34" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
+    <hyperlink ref="O42" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="P42" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
+    <hyperlink ref="O45" r:id="rId23" display="https://department.flemingcollege.ca/ao/course-outlines/" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
+    <hyperlink ref="O55" r:id="rId24" display="Academic Probation Contact Forms" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="O60" r:id="rId25" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="O62" r:id="rId26" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="O72:O77" r:id="rId27" display="Program Review" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="P5" r:id="rId28" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="P35" r:id="rId29" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
+    <hyperlink ref="T35" r:id="rId30" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="O35" r:id="rId31" xr:uid="{00000000-0004-0000-0000-000024000000}"/>
+    <hyperlink ref="O66" r:id="rId32" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
+    <hyperlink ref="O25:P25" r:id="rId33" display="Purchasing Department Available Forms" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="O30:P30" r:id="rId34" display="Policies &amp; Procedures" xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
+    <hyperlink ref="Q34" r:id="rId35" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
+    <hyperlink ref="P34" r:id="rId36" xr:uid="{00000000-0004-0000-0000-00002C000000}"/>
+    <hyperlink ref="O55:P55" r:id="rId37" display="Academic Probation Student Form" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
+    <hyperlink ref="P60" r:id="rId38" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
+    <hyperlink ref="O78" r:id="rId39" xr:uid="{00000000-0004-0000-0000-000031000000}"/>
+    <hyperlink ref="O19:P19" r:id="rId40" display="Program Advisory Committee (PAC)" xr:uid="{E09C791A-FAA1-4969-A309-73D2C979ED17}"/>
+    <hyperlink ref="O37:P37" r:id="rId41" display="Student Rights &amp; Responsibilities" xr:uid="{850E30B9-A2AB-4AD9-8656-197663587D6B}"/>
+    <hyperlink ref="O12" r:id="rId42" xr:uid="{335567CB-D14F-402C-9A36-F7B5D89A255B}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup scale="45" fitToHeight="0" orientation="landscape" r:id="rId51"/>
-  <drawing r:id="rId52"/>
+  <pageSetup scale="45" fitToHeight="0" orientation="landscape" r:id="rId43"/>
+  <drawing r:id="rId44"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...21 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008F9D5E366E7EED428EC02BF210F08179" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d8bce6920c394be3adc7c7786609692a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="346ee60d-781b-476f-82a4-da4bb8a57b86" xmlns:ns3="e9e812cf-73e6-4ec8-bdde-892e8f4a1083" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8bf01aaef4311a84b2638ba97a504ec0" ns2:_="" ns3:_="">
     <xsd:import namespace="346ee60d-781b-476f-82a4-da4bb8a57b86"/>
     <xsd:import namespace="e9e812cf-73e6-4ec8-bdde-892e8f4a1083"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="346ee60d-781b-476f-82a4-da4bb8a57b86" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -8145,90 +6584,113 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="e9e812cf-73e6-4ec8-bdde-892e8f4a1083">
+      <UserInfo>
+        <DisplayName>Coordinator TK Committee Members</DisplayName>
+        <AccountId>7</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCA645CB-573A-4EE1-ADD7-023DF085BFA7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41FEA41E-F8E1-4F30-A0C3-FB15A969A677}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="346ee60d-781b-476f-82a4-da4bb8a57b86"/>
+    <ds:schemaRef ds:uri="e9e812cf-73e6-4ec8-bdde-892e8f4a1083"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89B2A799-DEEF-4A00-8841-B5D4469DAF89}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="346ee60d-781b-476f-82a4-da4bb8a57b86"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e9e812cf-73e6-4ec8-bdde-892e8f4a1083"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41FEA41E-F8E1-4F30-A0C3-FB15A969A677}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCA645CB-573A-4EE1-ADD7-023DF085BFA7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PRG COORDINATOR DUTIES TIMELINE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>