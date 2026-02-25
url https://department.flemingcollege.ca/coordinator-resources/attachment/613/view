--- v0 (2025-10-17)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="640DDDDB" w14:textId="4F5FE986" w:rsidR="00764A9C" w:rsidRDefault="00764A9C" w:rsidP="00764A9C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56A71CEF" wp14:editId="78275647">
             <wp:extent cx="190500" cy="167640"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="5" name="Picture 5" descr="Icon&#10;&#10;Description automatically generated with low confidence"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Icon&#10;&#10;Description automatically generated with low confidence"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -308,64 +308,63 @@
           <w:bCs/>
           <w:color w:val="70AD47"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="480FBDC8" w14:textId="77777777" w:rsidR="00D46DD9" w:rsidRPr="00764A9C" w:rsidRDefault="0066156D" w:rsidP="000F23C8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00764A9C">
         <w:rPr>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t>Pre-Meeting Preparation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EF08769" w14:textId="77777777" w:rsidR="0066156D" w:rsidRPr="0066156D" w:rsidRDefault="0066156D" w:rsidP="00BB731E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C879440" w14:textId="0AB23B2E" w:rsidR="00D46DD9" w:rsidRDefault="00E53BC3" w:rsidP="0066156D">
+    <w:p w14:paraId="0C879440" w14:textId="0AB23B2E" w:rsidR="00D46DD9" w:rsidRDefault="00000000" w:rsidP="0066156D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="506876874"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004C664A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003F1855">
         <w:t>Ensure that</w:t>
       </w:r>
       <w:r w:rsidR="000C6C12">
         <w:t xml:space="preserve"> an official </w:t>
       </w:r>
       <w:r w:rsidR="0066156D">
         <w:t>meeting request either by you or the student is made using Fleming email accounts</w:t>
       </w:r>
       <w:r w:rsidR="00462C18">
         <w:t xml:space="preserve"> and includes </w:t>
       </w:r>
       <w:r w:rsidR="00462C18" w:rsidRPr="00036CB5">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
@@ -377,127 +376,109 @@
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00462C18" w:rsidRPr="00036CB5">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> and days and times available</w:t>
       </w:r>
       <w:r w:rsidR="00462C18">
         <w:t xml:space="preserve"> to meet</w:t>
       </w:r>
       <w:r w:rsidR="0066156D">
         <w:t xml:space="preserve"> so that there is a record of the </w:t>
       </w:r>
       <w:r w:rsidR="00462C18">
         <w:t xml:space="preserve">initial </w:t>
       </w:r>
       <w:r w:rsidR="0066156D">
         <w:t>contact.</w:t>
       </w:r>
       <w:r w:rsidR="000F23C8">
-        <w:t xml:space="preserve"> Be flexible about meeting options such as meeting in person, by phone, or by </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> or Teams.</w:t>
+        <w:t xml:space="preserve"> Be flexible about meeting options such as meeting in person, by phone, or by Webex or Teams.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="490E012D" w14:textId="77777777" w:rsidR="008937FA" w:rsidRDefault="008937FA" w:rsidP="0066156D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="484F0B34" w14:textId="14218EBC" w:rsidR="00462C18" w:rsidRDefault="00E53BC3" w:rsidP="00462C18">
+    <w:p w14:paraId="484F0B34" w14:textId="14218EBC" w:rsidR="00462C18" w:rsidRDefault="00000000" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1058286075"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00462C18">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00462C18">
         <w:t>Obtain electronic confirmation of the meeting date, day, time, and location if the issue is unable to be resolved through an email exchange with the student.</w:t>
       </w:r>
       <w:r w:rsidR="000F23C8">
-        <w:t xml:space="preserve">  If using </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> or Teams, it is helpful to set up a meeting and invitation to the meeting link using everyone’s Fleming College email addresses so there is documentation of it and potentially calendar reminders.  </w:t>
+        <w:t xml:space="preserve">  If using Webex or Teams, it is helpful to set up a meeting and invitation to the meeting link using everyone’s Fleming College email addresses so there is documentation of it and potentially calendar reminders.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="649C60B6" w14:textId="77777777" w:rsidR="008937FA" w:rsidRDefault="008937FA" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B6DAD53" w14:textId="4066E406" w:rsidR="00462C18" w:rsidRDefault="00E53BC3" w:rsidP="00462C18">
+    <w:p w14:paraId="1B6DAD53" w14:textId="4066E406" w:rsidR="00462C18" w:rsidRDefault="00000000" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="907648442"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00462C18">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0071116C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Locate and read over previous and current information about the student </w:t>
       </w:r>
       <w:r w:rsidR="003D795D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">such as </w:t>
       </w:r>
       <w:r w:rsidR="0071116C">
         <w:rPr>
@@ -557,64 +538,63 @@
       </w:r>
       <w:r w:rsidR="00AF3DBB">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">and so forth </w:t>
       </w:r>
       <w:r w:rsidR="00791A95">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>prior to the meeting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52189E8E" w14:textId="77777777" w:rsidR="008937FA" w:rsidRDefault="008937FA" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B2FEBB0" w14:textId="58D7A113" w:rsidR="00691EC4" w:rsidRDefault="00E53BC3" w:rsidP="00462C18">
+    <w:p w14:paraId="5B2FEBB0" w14:textId="58D7A113" w:rsidR="00691EC4" w:rsidRDefault="00000000" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1708129441"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00691EC4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00691EC4">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00380B81">
         <w:t xml:space="preserve">ddress gaps in your </w:t>
       </w:r>
       <w:r w:rsidR="00691EC4">
         <w:t>knowledge</w:t>
       </w:r>
       <w:r w:rsidR="00ED1206">
         <w:t xml:space="preserve"> by researching </w:t>
       </w:r>
       <w:r w:rsidR="00D63303">
         <w:t xml:space="preserve">best practices for </w:t>
       </w:r>
       <w:r w:rsidR="007C6C66">
@@ -659,155 +639,152 @@
       <w:r w:rsidR="00492C16">
         <w:t xml:space="preserve"> that they manage learning, mental health, and/or physical health </w:t>
       </w:r>
       <w:r w:rsidR="00D63303">
         <w:t>conditions</w:t>
       </w:r>
       <w:r w:rsidR="0058266E">
         <w:t>, etc.</w:t>
       </w:r>
       <w:r w:rsidR="00D63303">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00B65927">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E743DA" w14:textId="77777777" w:rsidR="008937FA" w:rsidRDefault="008937FA" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="599EFE0D" w14:textId="77777777" w:rsidR="00462C18" w:rsidRDefault="00E53BC3" w:rsidP="00462C18">
+    <w:p w14:paraId="599EFE0D" w14:textId="77777777" w:rsidR="00462C18" w:rsidRDefault="00000000" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1500028346"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00462C18">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00462C18">
         <w:t>Access, begin and/or complete any forms required prior to the student meeting when possible (ie. Education Plans)</w:t>
       </w:r>
       <w:r w:rsidR="00791A95">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AB3038A" w14:textId="49D32A07" w:rsidR="00BC1233" w:rsidRDefault="00BC1233" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16E02AE9" w14:textId="30EA9B0E" w:rsidR="002D2EB4" w:rsidRDefault="00E53BC3" w:rsidP="00462C18">
+    <w:p w14:paraId="16E02AE9" w14:textId="30EA9B0E" w:rsidR="002D2EB4" w:rsidRDefault="00000000" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="116732584"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002D2EB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002D2EB4">
         <w:t xml:space="preserve">Anticipate </w:t>
       </w:r>
       <w:r w:rsidR="00C07CA1">
         <w:t xml:space="preserve">and review </w:t>
       </w:r>
       <w:r w:rsidR="002D2EB4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00C07CA1">
         <w:t xml:space="preserve">College </w:t>
       </w:r>
       <w:r w:rsidR="00E97144">
         <w:t>policies, proce</w:t>
       </w:r>
       <w:r w:rsidR="00BA48E3">
         <w:t xml:space="preserve">dures, and processes, </w:t>
       </w:r>
       <w:r w:rsidR="00BB3F98">
         <w:t xml:space="preserve">as well as links </w:t>
       </w:r>
       <w:r w:rsidR="00BA48E3">
         <w:t>you’ll need to follow and/or advise the student to use.</w:t>
       </w:r>
       <w:r w:rsidR="00BB3F98">
         <w:t xml:space="preserve"> (ie. Student Rights and Responsibilities, Counselling Services, Academic Integrity, Accessible Education Services, Indigenous Student Services, International Student Services, etc.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F18A79C" w14:textId="49D32A07" w:rsidR="00BC1233" w:rsidRDefault="00BC1233" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43851BB4" w14:textId="2F8DFE60" w:rsidR="00462C18" w:rsidRDefault="00E53BC3" w:rsidP="00462C18">
+    <w:p w14:paraId="43851BB4" w14:textId="2F8DFE60" w:rsidR="00462C18" w:rsidRDefault="00000000" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1673760990"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00462C18">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0071116C">
         <w:t>Check that you have the supplies you and the student may need to access during the meeting</w:t>
       </w:r>
       <w:r w:rsidR="001C43AA">
         <w:t xml:space="preserve">.  These could include a </w:t>
       </w:r>
       <w:r w:rsidR="0071116C">
         <w:t>computer with internet</w:t>
       </w:r>
       <w:r w:rsidR="00C17844">
         <w:t xml:space="preserve"> and D2L access</w:t>
       </w:r>
       <w:r w:rsidR="0071116C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C17844">
@@ -824,432 +801,381 @@
       </w:r>
       <w:r w:rsidR="00C17844">
         <w:t xml:space="preserve"> to meet</w:t>
       </w:r>
       <w:r w:rsidR="0071116C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001C43AA">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="0071116C">
         <w:t xml:space="preserve"> large enough space to accommodate mobility devices, writing utensils, paper, tissues,</w:t>
       </w:r>
       <w:r w:rsidR="001C43AA">
         <w:t xml:space="preserve"> and information about resources</w:t>
       </w:r>
       <w:r w:rsidR="00791A95">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09BACAA3" w14:textId="49D32A07" w:rsidR="00BC1233" w:rsidRDefault="00BC1233" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="532B732B" w14:textId="7E98B98A" w:rsidR="007B5D47" w:rsidRDefault="00E53BC3" w:rsidP="00462C18">
+    <w:p w14:paraId="532B732B" w14:textId="7E98B98A" w:rsidR="007B5D47" w:rsidRDefault="00000000" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-174033543"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00791A95">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00481E50">
         <w:t>Be mindful of students feeling intimidated by</w:t>
       </w:r>
       <w:r w:rsidR="00D71A8E">
         <w:t xml:space="preserve"> you due to your power and authority and </w:t>
       </w:r>
       <w:r w:rsidR="00481E50">
         <w:t>consider the benefits and costs to the student if they request to bring a supportive person</w:t>
       </w:r>
       <w:r w:rsidR="0062728A">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="007B5D47">
         <w:t>2-</w:t>
       </w:r>
       <w:r w:rsidR="0062728A">
         <w:t>person maximum)</w:t>
       </w:r>
       <w:r w:rsidR="00481E50">
         <w:t xml:space="preserve"> to the meeting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4412E908" w14:textId="77777777" w:rsidR="007B5D47" w:rsidRDefault="007B5D47" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6484A034" w14:textId="3F65BFA8" w:rsidR="00791A95" w:rsidRDefault="00E53BC3" w:rsidP="00462C18">
+    <w:p w14:paraId="6484A034" w14:textId="3F65BFA8" w:rsidR="00791A95" w:rsidRDefault="00000000" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="454139934"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00121F28">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007B5D47">
         <w:t>Ensure other co</w:t>
       </w:r>
       <w:r w:rsidR="00121F28">
         <w:t xml:space="preserve">lleagues, your Chair and/or Dean </w:t>
       </w:r>
       <w:r w:rsidR="007B5D47">
         <w:t xml:space="preserve">are aware and close by during the meeting if you anticipate there could be an escalation of behaviour.  </w:t>
       </w:r>
       <w:r w:rsidR="00481E50">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B5D47">
         <w:t xml:space="preserve">You could also organize </w:t>
       </w:r>
       <w:r w:rsidR="00121F28">
         <w:t xml:space="preserve">prior </w:t>
       </w:r>
       <w:r w:rsidR="007B5D47">
         <w:t>that a colleague checks in with you by telephone or in-person during the meeting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0259DFB4" w14:textId="77777777" w:rsidR="00127DD9" w:rsidRDefault="00127DD9" w:rsidP="00462C18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A62447C" w14:textId="77777777" w:rsidR="00BE7F8A" w:rsidRDefault="00E53BC3" w:rsidP="00BE7F8A">
+    <w:p w14:paraId="3A62447C" w14:textId="77777777" w:rsidR="00BE7F8A" w:rsidRDefault="00000000" w:rsidP="00BE7F8A">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="347607953"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00234356" w:rsidRPr="00BE7F8A">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007C69E8" w:rsidRPr="00BE7F8A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Make sure that permission and consent for</w:t>
       </w:r>
       <w:r w:rsidR="00234356" w:rsidRPr="00BE7F8A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ms are signed by the student prior to any release of information to other parties even if the student indicates they are a supportive p</w:t>
       </w:r>
       <w:r w:rsidR="00BE7F8A" w:rsidRPr="00BE7F8A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>erson.</w:t>
       </w:r>
       <w:r w:rsidR="00BE7F8A" w:rsidRPr="00BE7F8A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B8BFB34" w14:textId="27E38DA2" w:rsidR="00BE7F8A" w:rsidRPr="00121F28" w:rsidRDefault="00E53BC3" w:rsidP="00F32617">
+    <w:p w14:paraId="3B8BFB34" w14:textId="27E38DA2" w:rsidR="00BE7F8A" w:rsidRPr="00121F28" w:rsidRDefault="00BE7F8A" w:rsidP="00F32617">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-        <w:r w:rsidR="00BE7F8A" w:rsidRPr="00121F28">
+        <w:r w:rsidRPr="00121F28">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:i/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve">Authorization </w:t>
+          <w:t>Authorization for Release of Personal Information - Counselling Services</w:t>
         </w:r>
-        <w:r w:rsidR="00BE7F8A" w:rsidRPr="00121F28">
+      </w:hyperlink>
+      <w:r w:rsidR="00764A9C">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0666BB28" w14:textId="45036D04" w:rsidR="00802179" w:rsidRDefault="00764A9C" w:rsidP="00BB731E">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:i/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>for Release of Personal Information - Counselling Ser</w:t>
-[...11 lines deleted...]
-          <w:t>vices</w:t>
+          <w:t>Student Authorization for the Release of Information to a Third Party - Registrar's Office</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00764A9C">
-[...1 lines deleted...]
-          <w:rStyle w:val="Hyperlink"/>
+    </w:p>
+    <w:p w14:paraId="40EA4B49" w14:textId="77777777" w:rsidR="000F23C8" w:rsidRPr="00121F28" w:rsidRDefault="000F23C8" w:rsidP="00BB731E">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-          <w:color w:val="0000FF"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D555127" w14:textId="3C242973" w:rsidR="0071116C" w:rsidRPr="00802179" w:rsidRDefault="000F23C8" w:rsidP="000F23C8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-[...57 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Meeting with the Student(s)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0071116C">
         <w:t>o-Face Meeting with the Student</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D170948" w14:textId="4105B1FA" w:rsidR="0071116C" w:rsidRPr="0071116C" w:rsidRDefault="0071116C" w:rsidP="00BB731E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63777DB1" w14:textId="5A10AB9A" w:rsidR="00BC1233" w:rsidRDefault="00E53BC3" w:rsidP="00D31038">
+    <w:p w14:paraId="63777DB1" w14:textId="5A10AB9A" w:rsidR="00BC1233" w:rsidRDefault="00000000" w:rsidP="00D31038">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="646314829"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D46DD9">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A57675">
         <w:t>Welcome th</w:t>
       </w:r>
       <w:r w:rsidR="00545F22">
         <w:t>e student in a friendly ma</w:t>
       </w:r>
       <w:r w:rsidR="00B160C1">
         <w:t xml:space="preserve">nner and </w:t>
       </w:r>
       <w:r w:rsidR="009305D0">
         <w:t>thank them for meeting with you.</w:t>
       </w:r>
       <w:r w:rsidR="00A03786">
         <w:t xml:space="preserve"> If meeting by telephone or electronically, make sure audiovisual functions are working and clear.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63ABB745" w14:textId="324D8511" w:rsidR="00786E81" w:rsidRDefault="00E53BC3" w:rsidP="0048434A">
+    <w:p w14:paraId="63ABB745" w14:textId="324D8511" w:rsidR="00786E81" w:rsidRDefault="00000000" w:rsidP="0048434A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="2019734840"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009305D0">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009305D0">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00B160C1">
         <w:t xml:space="preserve">nform them that </w:t>
       </w:r>
       <w:r w:rsidR="00545F22">
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidR="00CA0F1E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E200F">
         <w:t>duty</w:t>
       </w:r>
       <w:r w:rsidR="00545F22">
@@ -1276,262 +1202,233 @@
       <w:r w:rsidR="00212D4E">
         <w:t>It is particularly impor</w:t>
       </w:r>
       <w:r w:rsidR="00A25C50">
         <w:t xml:space="preserve">tant to be clear about the type of support you can offer </w:t>
       </w:r>
       <w:r w:rsidR="00545F22">
         <w:t xml:space="preserve">when the student may be wanting to make a </w:t>
       </w:r>
       <w:r w:rsidR="00212D4E">
         <w:t>complaint about a colleague (faculty, support staff, manager, etc.)</w:t>
       </w:r>
       <w:r w:rsidR="00E67A77">
         <w:t xml:space="preserve"> or is look</w:t>
       </w:r>
       <w:r w:rsidR="00214C6F">
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidR="00E67A77">
         <w:t xml:space="preserve"> for you to provide counselling.</w:t>
       </w:r>
       <w:r w:rsidR="00E41B50">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14AE1B5D" w14:textId="3000FE7D" w:rsidR="00BC1233" w:rsidRDefault="000C64FB" w:rsidP="00D31038">
-[...29 lines deleted...]
-    <w:p w14:paraId="5DF968BB" w14:textId="5CB0261F" w:rsidR="007C41FF" w:rsidRDefault="00E53BC3" w:rsidP="00D31038">
+    <w:p w14:paraId="2297A7C8" w14:textId="77777777" w:rsidR="00A978DC" w:rsidRDefault="00A978DC" w:rsidP="0048434A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DF968BB" w14:textId="5CB0261F" w:rsidR="007C41FF" w:rsidRDefault="00000000" w:rsidP="00D31038">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="115720966"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A57675">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00214C6F">
         <w:t>If the student requests</w:t>
       </w:r>
       <w:r w:rsidR="00A57675">
         <w:t xml:space="preserve"> the meeting, ask them to share </w:t>
       </w:r>
       <w:r w:rsidR="00214C6F">
         <w:t>their reasons.  If you request</w:t>
       </w:r>
       <w:r w:rsidR="00A57675">
         <w:t xml:space="preserve"> the meeting,</w:t>
       </w:r>
       <w:r w:rsidR="00A57675" w:rsidRPr="00A57675">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A57675">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00A57675">
         <w:t>sk the student what they believe is the purpose of the meeting. This allows for transparency</w:t>
       </w:r>
       <w:r w:rsidR="00A454A5">
         <w:t xml:space="preserve"> from all involved</w:t>
       </w:r>
       <w:r w:rsidR="00A57675">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1787B583" w14:textId="48F16EF7" w:rsidR="00BC1233" w:rsidRDefault="00E53BC3" w:rsidP="00D31038">
+    <w:p w14:paraId="1787B583" w14:textId="48F16EF7" w:rsidR="00BC1233" w:rsidRDefault="00000000" w:rsidP="00D31038">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="745689668"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F37811">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A57675">
         <w:t>Clarify with the student any discrepancies in the purpose of the meeting between both of you</w:t>
       </w:r>
       <w:r w:rsidR="00993718">
         <w:t>.  Use a manner that’s</w:t>
       </w:r>
       <w:r w:rsidR="00063D3E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00510AED">
         <w:t>direct</w:t>
       </w:r>
       <w:r w:rsidR="00063D3E">
         <w:t xml:space="preserve"> yet kind</w:t>
       </w:r>
       <w:r w:rsidR="00510AED">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00063D3E">
         <w:t xml:space="preserve"> if the </w:t>
       </w:r>
       <w:r w:rsidR="007651B2">
         <w:t xml:space="preserve">nature of </w:t>
       </w:r>
       <w:r w:rsidR="00063D3E">
         <w:t>meetin</w:t>
       </w:r>
       <w:r w:rsidR="007651B2">
         <w:t>g is to address student behaviour</w:t>
       </w:r>
       <w:r w:rsidR="00A57675">
         <w:t>.  This allows for you and student to check the accuracy of each of your own perceptions and understanding.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B635DD9" w14:textId="5E259622" w:rsidR="00D8652F" w:rsidRDefault="00E53BC3" w:rsidP="00D31038">
+    <w:p w14:paraId="4B635DD9" w14:textId="5E259622" w:rsidR="00D8652F" w:rsidRDefault="00000000" w:rsidP="00D31038">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-538043534"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F37811">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00F40AA4">
         <w:t xml:space="preserve">Share </w:t>
       </w:r>
       <w:r w:rsidR="00575C71">
         <w:t xml:space="preserve">minimally two </w:t>
       </w:r>
       <w:r w:rsidR="00BD18E6">
         <w:t xml:space="preserve">strengths </w:t>
       </w:r>
       <w:r w:rsidR="00F40AA4">
         <w:t xml:space="preserve">you’ve observed about the student </w:t>
       </w:r>
       <w:r w:rsidR="008C7E88">
         <w:t xml:space="preserve">to encourage engagement and </w:t>
       </w:r>
       <w:r w:rsidR="00510AED">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00D332BC">
         <w:t>use for any goal planning</w:t>
       </w:r>
       <w:r w:rsidR="007D7C9B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F1555B">
         <w:t xml:space="preserve">  Strengths can include behaviour in and outside the classroom, characteristics, </w:t>
       </w:r>
       <w:r w:rsidR="00214C6F">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00F1555B">
         <w:t xml:space="preserve">choices like attending the meeting with you.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C81DAF" w14:textId="0B961C90" w:rsidR="00063D3E" w:rsidRDefault="00E53BC3" w:rsidP="0048434A">
+    <w:p w14:paraId="56C81DAF" w14:textId="0B961C90" w:rsidR="00063D3E" w:rsidRDefault="00000000" w:rsidP="0048434A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1040969609"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009305D0">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B90FA2">
         <w:t xml:space="preserve">Use active listening skills to facilitate the discussion with the student.  </w:t>
       </w:r>
       <w:r w:rsidR="0085035E">
         <w:t>Awareness of</w:t>
       </w:r>
       <w:r w:rsidR="00A454A5">
         <w:t xml:space="preserve"> your</w:t>
       </w:r>
       <w:r w:rsidR="00563A4B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A454A5">
         <w:t xml:space="preserve">verbal communication and </w:t>
       </w:r>
       <w:r w:rsidR="00563A4B">
@@ -2026,256 +1923,283 @@
       </w:r>
       <w:r w:rsidR="00A454A5" w:rsidRPr="00C61075">
         <w:t xml:space="preserve"> they might </w:t>
       </w:r>
       <w:r w:rsidR="00EF5A49" w:rsidRPr="00C61075">
         <w:t xml:space="preserve">impact </w:t>
       </w:r>
       <w:r w:rsidR="00A454A5" w:rsidRPr="00C61075">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00D33B4E" w:rsidRPr="00C61075">
         <w:t>communication style</w:t>
       </w:r>
       <w:r w:rsidR="00EF5A49" w:rsidRPr="00C61075">
         <w:t xml:space="preserve"> you use</w:t>
       </w:r>
       <w:r w:rsidR="00EF5A49" w:rsidRPr="006F3C45">
         <w:t xml:space="preserve"> and therefore the level of rapport you achieve with the student.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79DD4C83" w14:textId="5D8287EC" w:rsidR="0085035E" w:rsidRDefault="0085035E" w:rsidP="0085035E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05786DD0" w14:textId="15CA6D7A" w:rsidR="0085035E" w:rsidRDefault="00E53BC3" w:rsidP="0066156D">
+    <w:p w14:paraId="05786DD0" w14:textId="15CA6D7A" w:rsidR="0085035E" w:rsidRDefault="00000000" w:rsidP="0066156D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="2076469080"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B4107E">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00535AA1">
         <w:t>Observe the student’s verbal and non-verbal c</w:t>
       </w:r>
       <w:r w:rsidR="00AC4C88">
         <w:t xml:space="preserve">ommunication during the meeting to </w:t>
       </w:r>
       <w:r w:rsidR="00263CE9">
         <w:t xml:space="preserve">help gauge how best </w:t>
       </w:r>
       <w:r w:rsidR="00B4107E">
         <w:t xml:space="preserve">your </w:t>
       </w:r>
       <w:r w:rsidR="002636D7">
         <w:t>communication</w:t>
       </w:r>
       <w:r w:rsidR="00263CE9">
         <w:t xml:space="preserve"> can </w:t>
       </w:r>
       <w:r w:rsidR="00AC4C88">
         <w:t>promote</w:t>
       </w:r>
       <w:r w:rsidR="00B4107E">
         <w:t xml:space="preserve"> understanding and collaboration.</w:t>
       </w:r>
       <w:r w:rsidR="00AC4C88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00535AA1">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C0229C2" w14:textId="77777777" w:rsidR="00D8652F" w:rsidRDefault="00D8652F" w:rsidP="0066156D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CF5C887" w14:textId="7273ADE6" w:rsidR="003F4A82" w:rsidRDefault="00E53BC3" w:rsidP="00D8652F">
+    <w:p w14:paraId="1CF5C887" w14:textId="03A8FA5E" w:rsidR="003F4A82" w:rsidRDefault="00000000" w:rsidP="00D8652F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1591381080"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002B5B9B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D96E8D">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00392B80">
         <w:t>dvise</w:t>
       </w:r>
       <w:r w:rsidR="003F4A82">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="001C47D8">
         <w:t xml:space="preserve"> provide links and contact information</w:t>
       </w:r>
       <w:r w:rsidR="00392B80">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C47D8">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00392B80">
         <w:t xml:space="preserve">encourage the student to use the </w:t>
       </w:r>
       <w:r w:rsidR="00D8652F">
         <w:t xml:space="preserve">College policies, procedures and processes </w:t>
       </w:r>
       <w:r w:rsidR="00392B80">
         <w:t>that relate.</w:t>
       </w:r>
       <w:r w:rsidR="0062728A">
         <w:t xml:space="preserve">  In particular, you may wish to review with them the  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="0062728A">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Academic Is</w:t>
+          <w:t>Academic Issue R</w:t>
         </w:r>
         <w:r w:rsidR="0062728A">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>sue Resolution</w:t>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r w:rsidR="0062728A">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>solution</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0062728A">
         <w:t xml:space="preserve"> steps and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00121F28">
           <w:rPr>
             <w:i/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Policy #5-506 Student Rights and</w:t>
+          <w:t xml:space="preserve">Policy </w:t>
         </w:r>
         <w:r w:rsidR="00121F28">
           <w:rPr>
             <w:i/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve"> Responsibil</w:t>
+          <w:t>#</w:t>
         </w:r>
         <w:r w:rsidR="00121F28">
           <w:rPr>
             <w:i/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>ities</w:t>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r w:rsidR="00121F28">
+          <w:rPr>
+            <w:i/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidR="00121F28">
+          <w:rPr>
+            <w:i/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>506 Student Rights and Responsibilities</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0062728A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0062728A" w:rsidRPr="0062728A">
         <w:t>within</w:t>
       </w:r>
       <w:r w:rsidR="007B5D47">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="0062728A" w:rsidRPr="0062728A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="0062728A" w:rsidRPr="007B5D47">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
-          <w:t>Student Rights and Res</w:t>
+          <w:t>Student Rights a</w:t>
         </w:r>
         <w:r w:rsidR="0062728A" w:rsidRPr="007B5D47">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
-          <w:t xml:space="preserve">ponsibilities </w:t>
+          <w:t>n</w:t>
+        </w:r>
+        <w:r w:rsidR="0062728A" w:rsidRPr="007B5D47">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t xml:space="preserve">d Responsibilities </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007B5D47">
         <w:t>website.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="223CA8DF" w14:textId="59D345CB" w:rsidR="00BB3F98" w:rsidRDefault="00E53BC3" w:rsidP="00BB3F98">
+    <w:p w14:paraId="223CA8DF" w14:textId="59D345CB" w:rsidR="00BB3F98" w:rsidRDefault="00000000" w:rsidP="00BB3F98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1433584092"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00121F28">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002B5B9B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Advise</w:t>
       </w:r>
       <w:r w:rsidR="001C47D8">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -2298,70 +2222,69 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="002B5B9B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">encourage the student to use College services as well as outside resources that address needs.  </w:t>
       </w:r>
       <w:r w:rsidR="00BB3F98">
         <w:t>These could include, but aren’t limited to:  Student Rights and Responsibilities, Counselling Services, Academic Integrity, Accessible Education Services, Indigenous Student Services, International Student Services, e</w:t>
       </w:r>
       <w:r w:rsidR="00214C6F">
         <w:t>tc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40DFA6DB" w14:textId="59C633CF" w:rsidR="00D96E8D" w:rsidRDefault="00D96E8D" w:rsidP="00D8652F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="170EE459" w14:textId="77777777" w:rsidR="00471441" w:rsidRDefault="00E53BC3" w:rsidP="000F23C8">
+    <w:p w14:paraId="170EE459" w14:textId="77777777" w:rsidR="00471441" w:rsidRDefault="00000000" w:rsidP="000F23C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1637860769"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D96E8D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AE459E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Ensure that</w:t>
       </w:r>
       <w:r w:rsidR="003F2569">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -2419,95 +2342,85 @@
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="086BE3D0" w14:textId="77777777" w:rsidR="00471441" w:rsidRDefault="00471441" w:rsidP="000F23C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="027B3C31" w14:textId="27DD8024" w:rsidR="00893163" w:rsidRPr="00471441" w:rsidRDefault="00471441" w:rsidP="000F23C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471441">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:highlight w:val="black"/>
         </w:rPr>
-        <w:t xml:space="preserve">Follow-up </w:t>
-[...4 lines deleted...]
-          <w:rStyle w:val="Heading2Char"/>
+        <w:t>Follow-up Tasks</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:highlight w:val="black"/>
         </w:rPr>
-        <w:t>Tasks</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2A649AF6" w14:textId="2F78D2D4" w:rsidR="00893163" w:rsidRPr="00893163" w:rsidRDefault="00893163" w:rsidP="00893163">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0508CFC1" w14:textId="2D4AB939" w:rsidR="00D66CCC" w:rsidRDefault="00E53BC3" w:rsidP="009C21BE">
+    <w:p w14:paraId="0508CFC1" w14:textId="2D4AB939" w:rsidR="00D66CCC" w:rsidRDefault="00000000" w:rsidP="009C21BE">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-809088941"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007D3904">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008C5683">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact </w:t>
       </w:r>
       <w:r w:rsidR="00A325D1">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2613,71 +2526,70 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00BE7F8A" w:rsidRPr="00BE7F8A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>See links above under Pre-Meeting heading.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A06907E" w14:textId="2416532D" w:rsidR="007D3904" w:rsidRDefault="007D3904" w:rsidP="00A325D1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A86CC04" w14:textId="24A0D410" w:rsidR="006E75D3" w:rsidRDefault="00E53BC3" w:rsidP="006E75D3">
+    <w:p w14:paraId="5A86CC04" w14:textId="24A0D410" w:rsidR="006E75D3" w:rsidRDefault="00000000" w:rsidP="006E75D3">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1178851556"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F3667F">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C46E08">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Document the sum</w:t>
       </w:r>
       <w:r w:rsidR="007C147A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2800,68 +2712,67 @@
         </w:rPr>
         <w:t>discussions and decisions made</w:t>
       </w:r>
       <w:r w:rsidR="009C0F8A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as well as commitment to any goals or plans.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CC0CAB0" w14:textId="4303008E" w:rsidR="00D46DD9" w:rsidRPr="009C0F8A" w:rsidRDefault="00D46DD9" w:rsidP="009C0F8A">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B2CA632" w14:textId="6BF7435F" w:rsidR="00D46DD9" w:rsidRDefault="00E53BC3" w:rsidP="0066156D">
+    <w:p w14:paraId="1B2CA632" w14:textId="6BF7435F" w:rsidR="00D46DD9" w:rsidRDefault="00000000" w:rsidP="0066156D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-382797246"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00825655">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DC4A5C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Use a simple </w:t>
       </w:r>
       <w:r w:rsidR="009C0F8A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">format </w:t>
       </w:r>
       <w:r w:rsidR="00DC4A5C">
         <w:rPr>
@@ -2920,137 +2831,151 @@
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>plan</w:t>
       </w:r>
       <w:r w:rsidR="009C0F8A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> that resulted from meeting.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="457F43D7" w14:textId="37CCA662" w:rsidR="00825655" w:rsidRDefault="00825655" w:rsidP="0066156D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AF097FE" w14:textId="0ACA7455" w:rsidR="00D46DD9" w:rsidRDefault="00E53BC3" w:rsidP="00471441">
+    <w:p w14:paraId="1AF097FE" w14:textId="7CFB999A" w:rsidR="00D46DD9" w:rsidRDefault="00000000" w:rsidP="00471441">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1172607078"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00DF1071">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00AC660A">
         <w:t>Ensure t</w:t>
       </w:r>
       <w:r w:rsidR="0045527D">
         <w:t>he retention and disposal of any e</w:t>
       </w:r>
       <w:r w:rsidR="00DF1071">
         <w:t>lectronic and paper recor</w:t>
       </w:r>
       <w:r w:rsidR="0045527D">
         <w:t>ds</w:t>
       </w:r>
       <w:r w:rsidR="00DF1071">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC660A">
         <w:t xml:space="preserve">and information about the student </w:t>
       </w:r>
       <w:r w:rsidR="00BD62E6">
         <w:t>follow</w:t>
       </w:r>
       <w:r w:rsidR="00AC660A">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00BD62E6">
         <w:t xml:space="preserve"> College </w:t>
       </w:r>
       <w:r w:rsidR="00471441">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:anchor="6-604A Information Security Classification Procedure.pdf" w:history="1">
-        <w:r w:rsidR="00471441" w:rsidRPr="00471441">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00A978DC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:i/>
           </w:rPr>
-          <w:t>OP #6-604A Information Security Classification Procedure</w:t>
+          <w:t>https://department.flemingcollege.ca/policies-procedures/att</w:t>
+        </w:r>
+        <w:r w:rsidR="00A978DC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:i/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidR="00A978DC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:i/>
+          </w:rPr>
+          <w:t>chment/813/view</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6330DC2F" w14:textId="77777777" w:rsidR="00471441" w:rsidRPr="00471441" w:rsidRDefault="00471441" w:rsidP="00471441">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A97C802" w14:textId="3384DACC" w:rsidR="000D688B" w:rsidRDefault="00E53BC3" w:rsidP="009C21BE">
+    <w:p w14:paraId="3A97C802" w14:textId="3384DACC" w:rsidR="000D688B" w:rsidRDefault="00000000" w:rsidP="009C21BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="375045414"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007B5D47">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E91FBA">
         <w:t xml:space="preserve">If you anticipate faculty, support staff, management, etc. may be </w:t>
       </w:r>
       <w:r w:rsidR="00121F28">
         <w:t xml:space="preserve">negatively </w:t>
       </w:r>
       <w:r w:rsidR="00E91FBA">
         <w:t xml:space="preserve">impacted by the outcome of the student meeting, use </w:t>
       </w:r>
       <w:r w:rsidR="008806AD">
         <w:t xml:space="preserve">College policies, procedures, and processes </w:t>
       </w:r>
       <w:r w:rsidR="008A7DDF">
         <w:t xml:space="preserve">combined with discretion and sensitivity </w:t>
       </w:r>
       <w:r w:rsidR="007B7566">
@@ -3073,229 +2998,229 @@
       </w:r>
       <w:r w:rsidR="000D688B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F72947" w14:textId="6005B59D" w:rsidR="007B5D47" w:rsidRDefault="007B5D47" w:rsidP="009C21BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="291F70D5" w14:textId="77777777" w:rsidR="000D688B" w:rsidRDefault="000D688B" w:rsidP="009C21BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B03BE39" w14:textId="1605D512" w:rsidR="00D46DD9" w:rsidRPr="00D46DD9" w:rsidRDefault="00DE5136" w:rsidP="0066156D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A240C02" wp14:editId="78CBD09A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A240C02" wp14:editId="386388AB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>4961890</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="762112" cy="347197"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="logo_coord.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20" cstate="print">
+                    <a:blip r:embed="rId19" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="762112" cy="347197"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D46DD9" w:rsidRPr="00D46DD9" w:rsidSect="000F23C8">
-      <w:headerReference w:type="even" r:id="rId21"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId26"/>
+      <w:headerReference w:type="even" r:id="rId20"/>
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="even" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
+      <w:headerReference w:type="first" r:id="rId24"/>
+      <w:footerReference w:type="first" r:id="rId25"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="232" w:right="454" w:bottom="284" w:left="454" w:header="709" w:footer="278" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76F548FA" w14:textId="77777777" w:rsidR="00B57ACA" w:rsidRDefault="00B57ACA" w:rsidP="00B57ACA">
+    <w:p w14:paraId="0D9B811B" w14:textId="77777777" w:rsidR="00280128" w:rsidRDefault="00280128" w:rsidP="00B57ACA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="509F9777" w14:textId="77777777" w:rsidR="00B57ACA" w:rsidRDefault="00B57ACA" w:rsidP="00B57ACA">
+    <w:p w14:paraId="27C87A9C" w14:textId="77777777" w:rsidR="00280128" w:rsidRDefault="00280128" w:rsidP="00B57ACA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="648015BE" w14:textId="77777777" w:rsidR="00DE100A" w:rsidRDefault="00DE100A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18564CDD" w14:textId="7E1807A3" w:rsidR="00BE2B63" w:rsidRDefault="00BE2B63">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:caps/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:caps/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
@@ -3313,131 +3238,131 @@
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="210CD6E3" w14:textId="77777777" w:rsidR="00B57ACA" w:rsidRDefault="00B57ACA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="415212E9" w14:textId="1143DD86" w:rsidR="00CC1AB1" w:rsidRDefault="00CC1AB1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="632C72BA" w14:textId="1E123D04" w:rsidR="002A3E3E" w:rsidRDefault="002A3E3E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="762EA207" w14:textId="77777777" w:rsidR="00B57ACA" w:rsidRDefault="00B57ACA" w:rsidP="00B57ACA">
+    <w:p w14:paraId="11C6697B" w14:textId="77777777" w:rsidR="00280128" w:rsidRDefault="00280128" w:rsidP="00B57ACA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="157794F5" w14:textId="77777777" w:rsidR="00B57ACA" w:rsidRDefault="00B57ACA" w:rsidP="00B57ACA">
+    <w:p w14:paraId="5A997A21" w14:textId="77777777" w:rsidR="00280128" w:rsidRDefault="00280128" w:rsidP="00B57ACA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C673E8F" w14:textId="77777777" w:rsidR="00DE100A" w:rsidRDefault="00DE100A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="24796035" w14:textId="77777777" w:rsidR="002A3E3E" w:rsidRDefault="002A3E3E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="428A47A0" w14:textId="2F0E41D8" w:rsidR="00DE100A" w:rsidRDefault="00DE100A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="081F34AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03927928"/>
     <w:lvl w:ilvl="0" w:tplc="10090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5099,103 +5024,103 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1339192042">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2141344089">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="213658476">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="432938121">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="760568909">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1890654148">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1634750540">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1854110137">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1255742928">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1423185324">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="313145284">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="593981409">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1737702428">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="440608768">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="89"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D46DD9"/>
     <w:rsid w:val="0000287D"/>
     <w:rsid w:val="0001730B"/>
     <w:rsid w:val="00036CB5"/>
     <w:rsid w:val="00037021"/>
     <w:rsid w:val="00063D3E"/>
     <w:rsid w:val="000950AC"/>
@@ -5210,58 +5135,60 @@
     <w:rsid w:val="000F23C8"/>
     <w:rsid w:val="00102A67"/>
     <w:rsid w:val="00117B2F"/>
     <w:rsid w:val="001216FF"/>
     <w:rsid w:val="00121F28"/>
     <w:rsid w:val="00127DD9"/>
     <w:rsid w:val="0014162C"/>
     <w:rsid w:val="00146FA5"/>
     <w:rsid w:val="00150287"/>
     <w:rsid w:val="00157624"/>
     <w:rsid w:val="00162065"/>
     <w:rsid w:val="00171373"/>
     <w:rsid w:val="00176EE1"/>
     <w:rsid w:val="001B505E"/>
     <w:rsid w:val="001C43AA"/>
     <w:rsid w:val="001C47D8"/>
     <w:rsid w:val="00212D4E"/>
     <w:rsid w:val="00214C6F"/>
     <w:rsid w:val="00220DE4"/>
     <w:rsid w:val="00234356"/>
     <w:rsid w:val="00251A9F"/>
     <w:rsid w:val="002552DE"/>
     <w:rsid w:val="002557D8"/>
     <w:rsid w:val="002636D7"/>
     <w:rsid w:val="00263CE9"/>
+    <w:rsid w:val="00280128"/>
     <w:rsid w:val="002A11DF"/>
     <w:rsid w:val="002A3E3E"/>
     <w:rsid w:val="002A454A"/>
     <w:rsid w:val="002A4A11"/>
     <w:rsid w:val="002B5B9B"/>
     <w:rsid w:val="002D2EB4"/>
     <w:rsid w:val="002E6DE2"/>
     <w:rsid w:val="00311358"/>
+    <w:rsid w:val="003345D2"/>
     <w:rsid w:val="00336FD1"/>
     <w:rsid w:val="00365807"/>
     <w:rsid w:val="00373E9C"/>
     <w:rsid w:val="00380B81"/>
     <w:rsid w:val="00392B80"/>
     <w:rsid w:val="003B0659"/>
     <w:rsid w:val="003B5406"/>
     <w:rsid w:val="003D795D"/>
     <w:rsid w:val="003E200F"/>
     <w:rsid w:val="003E3D5D"/>
     <w:rsid w:val="003F1855"/>
     <w:rsid w:val="003F2569"/>
     <w:rsid w:val="003F4A82"/>
     <w:rsid w:val="003F4D9C"/>
     <w:rsid w:val="003F642B"/>
     <w:rsid w:val="00401FBC"/>
     <w:rsid w:val="004146E4"/>
     <w:rsid w:val="00417FCF"/>
     <w:rsid w:val="0042029A"/>
     <w:rsid w:val="00436666"/>
     <w:rsid w:val="004366AE"/>
     <w:rsid w:val="0045527D"/>
     <w:rsid w:val="00462C18"/>
     <w:rsid w:val="00471441"/>
     <w:rsid w:val="00481E50"/>
@@ -5291,50 +5218,51 @@
     <w:rsid w:val="005C4CA3"/>
     <w:rsid w:val="005D577A"/>
     <w:rsid w:val="005E055B"/>
     <w:rsid w:val="005F1F82"/>
     <w:rsid w:val="00602B03"/>
     <w:rsid w:val="00606A61"/>
     <w:rsid w:val="0062728A"/>
     <w:rsid w:val="006316F1"/>
     <w:rsid w:val="0063453F"/>
     <w:rsid w:val="0066156D"/>
     <w:rsid w:val="006662C8"/>
     <w:rsid w:val="00675538"/>
     <w:rsid w:val="00682AF8"/>
     <w:rsid w:val="00691EC4"/>
     <w:rsid w:val="00692188"/>
     <w:rsid w:val="00694CAA"/>
     <w:rsid w:val="00697FD6"/>
     <w:rsid w:val="006D5494"/>
     <w:rsid w:val="006E75D3"/>
     <w:rsid w:val="006F1BFC"/>
     <w:rsid w:val="006F3C45"/>
     <w:rsid w:val="006F496B"/>
     <w:rsid w:val="0071116C"/>
     <w:rsid w:val="00742AF4"/>
     <w:rsid w:val="00744351"/>
+    <w:rsid w:val="00757727"/>
     <w:rsid w:val="007579FD"/>
     <w:rsid w:val="00757F32"/>
     <w:rsid w:val="00764A9C"/>
     <w:rsid w:val="007651B2"/>
     <w:rsid w:val="00765C78"/>
     <w:rsid w:val="00784C37"/>
     <w:rsid w:val="00786E81"/>
     <w:rsid w:val="00791A95"/>
     <w:rsid w:val="00794A07"/>
     <w:rsid w:val="007A7EBD"/>
     <w:rsid w:val="007B5D47"/>
     <w:rsid w:val="007B7566"/>
     <w:rsid w:val="007C147A"/>
     <w:rsid w:val="007C41FF"/>
     <w:rsid w:val="007C69E8"/>
     <w:rsid w:val="007C6C66"/>
     <w:rsid w:val="007D3904"/>
     <w:rsid w:val="007D7C9B"/>
     <w:rsid w:val="007E1E62"/>
     <w:rsid w:val="007E3AF4"/>
     <w:rsid w:val="007E5ACC"/>
     <w:rsid w:val="00802179"/>
     <w:rsid w:val="00807850"/>
     <w:rsid w:val="00820118"/>
     <w:rsid w:val="008204EF"/>
@@ -5366,50 +5294,51 @@
     <w:rsid w:val="008E713D"/>
     <w:rsid w:val="009021A4"/>
     <w:rsid w:val="0093020C"/>
     <w:rsid w:val="009305D0"/>
     <w:rsid w:val="00950255"/>
     <w:rsid w:val="009564BB"/>
     <w:rsid w:val="00993718"/>
     <w:rsid w:val="00997D59"/>
     <w:rsid w:val="009A506A"/>
     <w:rsid w:val="009B0D39"/>
     <w:rsid w:val="009C0F8A"/>
     <w:rsid w:val="009C21BE"/>
     <w:rsid w:val="009D4E4F"/>
     <w:rsid w:val="009E19F8"/>
     <w:rsid w:val="009E27F9"/>
     <w:rsid w:val="009E36C0"/>
     <w:rsid w:val="009F0E30"/>
     <w:rsid w:val="009F2EF1"/>
     <w:rsid w:val="00A03786"/>
     <w:rsid w:val="00A102A2"/>
     <w:rsid w:val="00A25C50"/>
     <w:rsid w:val="00A325D1"/>
     <w:rsid w:val="00A326C1"/>
     <w:rsid w:val="00A454A5"/>
     <w:rsid w:val="00A57675"/>
+    <w:rsid w:val="00A978DC"/>
     <w:rsid w:val="00AB2662"/>
     <w:rsid w:val="00AC4C88"/>
     <w:rsid w:val="00AC660A"/>
     <w:rsid w:val="00AD1BC9"/>
     <w:rsid w:val="00AD7FC7"/>
     <w:rsid w:val="00AE459E"/>
     <w:rsid w:val="00AE7B95"/>
     <w:rsid w:val="00AF39C9"/>
     <w:rsid w:val="00AF3DBB"/>
     <w:rsid w:val="00B021F0"/>
     <w:rsid w:val="00B160C1"/>
     <w:rsid w:val="00B22084"/>
     <w:rsid w:val="00B22D6B"/>
     <w:rsid w:val="00B256FE"/>
     <w:rsid w:val="00B26504"/>
     <w:rsid w:val="00B4107E"/>
     <w:rsid w:val="00B57ACA"/>
     <w:rsid w:val="00B65927"/>
     <w:rsid w:val="00B80216"/>
     <w:rsid w:val="00B84E91"/>
     <w:rsid w:val="00B90FA2"/>
     <w:rsid w:val="00BA0035"/>
     <w:rsid w:val="00BA2054"/>
     <w:rsid w:val="00BA2079"/>
     <w:rsid w:val="00BA48E3"/>
@@ -5524,81 +5453,81 @@
     <w:rsid w:val="5E83C70D"/>
     <w:rsid w:val="60F61816"/>
     <w:rsid w:val="6203B401"/>
     <w:rsid w:val="62CEFA4C"/>
     <w:rsid w:val="674C5CCA"/>
     <w:rsid w:val="67748866"/>
     <w:rsid w:val="6976645B"/>
     <w:rsid w:val="75BF4538"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="761A582C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BDDB8EB2-3489-4ECC-A1B8-3010EE8E4744}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5930,50 +5859,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00764A9C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="solid" w:color="auto" w:fill="000000" w:themeFill="text1"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
@@ -6221,51 +6151,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00121F28"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A03786"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1584726880">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1380589173">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -6308,51 +6238,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1839343081">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/counselling/confidentiality/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/srr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="5-506-Student-Rights-and-Responsibilities%20(1).pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/asa/ar/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../START%20HERE%20TAB/HRA-001-Coordinators-Program-and-Subject_Discipline-Revision-5.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="OP%20" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ro/forms-2/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/counselling/confidentiality/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/policies-procedures/attachment/813/view" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/srr/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/policies-procedures/attachment/1175/view" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/asa/ar/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ro/forms-2/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6589,65 +6519,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008F9D5E366E7EED428EC02BF210F08179" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="014c0d6639edbec276f2575d910b10da">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="346ee60d-781b-476f-82a4-da4bb8a57b86" xmlns:ns3="e9e812cf-73e6-4ec8-bdde-892e8f4a1083" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0004de47e55fee4edd4fa056c0054fec" ns2:_="" ns3:_="">
     <xsd:import namespace="346ee60d-781b-476f-82a4-da4bb8a57b86"/>
     <xsd:import namespace="e9e812cf-73e6-4ec8-bdde-892e8f4a1083"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="346ee60d-781b-476f-82a4-da4bb8a57b86" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -6774,136 +6689,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A3F10B0-B2CA-4BD7-9B9D-3C16B74FB954}">
-[...23 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7C25899-A5B2-403F-B794-6D9093B70FB0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="346ee60d-781b-476f-82a4-da4bb8a57b86"/>
     <ds:schemaRef ds:uri="e9e812cf-73e6-4ec8-bdde-892e8f4a1083"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4B3FD97-3677-4A86-B27A-590567665258}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A3F10B0-B2CA-4BD7-9B9D-3C16B74FB954}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F03DAFA-AF50-4ECD-A6F3-1EC072C955CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>DC11FF58.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1516</Words>
-  <Characters>8647</Characters>
+  <Words>1567</Words>
+  <Characters>8463</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>132</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Fleming College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10143</CharactersWithSpaces>
+  <CharactersWithSpaces>9974</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Victoria Maystruk</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101008F9D5E366E7EED428EC02BF210F08179</vt:lpwstr>