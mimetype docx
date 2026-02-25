--- v0 (2025-10-16)
+++ v1 (2026-02-25)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="028B9943" w14:textId="61069016" w:rsidR="004B4EF8" w:rsidRPr="00650EF1" w:rsidRDefault="004B4EF8" w:rsidP="004B4EF8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00F322D2">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40835EBB" wp14:editId="0AD5F90A">
             <wp:extent cx="190500" cy="175260"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Picture 6" descr="Icon&#10;&#10;Description automatically generated with low confidence"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Icon&#10;&#10;Description automatically generated with low confidence"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -131,139 +131,90 @@
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6637EEF5" w14:textId="5357D83B" w:rsidR="006805EB" w:rsidRDefault="006805EB" w:rsidP="001B1CB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AD71FA6" w14:textId="0A51B087" w:rsidR="008A5369" w:rsidRDefault="002566B5" w:rsidP="00393EF0">
+    <w:p w14:paraId="0AD71FA6" w14:textId="4DDC1B0D" w:rsidR="008A5369" w:rsidRDefault="002566B5" w:rsidP="00393EF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Organized by </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0088067F">
+        <w:t>Organized by</w:t>
+      </w:r>
+      <w:r w:rsidR="0088067F" w:rsidRPr="005C7C9D">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...3 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0088067F" w:rsidRPr="005C7C9D">
+        <w:rPr>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://department.flemingcollege.ca/marketing/student-recruitment/" </w:instrText>
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>Marketing and Student Recruitment</w:t>
-      </w:r>
-[...8 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E947A3" w:rsidRPr="00E947A3">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Open House is an event </w:t>
       </w:r>
       <w:r w:rsidR="00E56E21">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
@@ -923,75 +874,51 @@
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Duties may </w:t>
       </w:r>
       <w:r w:rsidR="004B4380" w:rsidRPr="004B4380">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>include but</w:t>
       </w:r>
       <w:r w:rsidR="005C3C0B" w:rsidRPr="004B4380">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are not limited </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> are not limited to: </w:t>
       </w:r>
       <w:r w:rsidR="00B130BC" w:rsidRPr="004B4380">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>organizing your program space</w:t>
       </w:r>
       <w:r w:rsidR="005C3C0B" w:rsidRPr="004B4380">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="004B4380">
         <w:rPr>
@@ -1176,68 +1103,67 @@
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
       <w:r w:rsidRPr="0088067F">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Preparing</w:t>
       </w:r>
       <w:r w:rsidR="008A5369" w:rsidRPr="0088067F">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Open House</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="492D78DA" w14:textId="77777777" w:rsidR="00E947A3" w:rsidRPr="0066156D" w:rsidRDefault="00E947A3" w:rsidP="00E947A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70821889" w14:textId="7C3E63DE" w:rsidR="00B130BC" w:rsidRDefault="004B4380" w:rsidP="00393EF0">
+    <w:p w14:paraId="70821889" w14:textId="7C3E63DE" w:rsidR="00B130BC" w:rsidRDefault="00000000" w:rsidP="00393EF0">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="506876874"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002566B5">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002566B5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Confirm with </w:t>
       </w:r>
       <w:r w:rsidR="0088067F" w:rsidRPr="0088067F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Marketing and </w:t>
@@ -1611,68 +1537,67 @@
         </w:rPr>
         <w:t xml:space="preserve"> materials</w:t>
       </w:r>
       <w:r w:rsidR="001325A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> available</w:t>
       </w:r>
       <w:r w:rsidR="002566B5" w:rsidRPr="00B130BC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BF5AF9" w:rsidRPr="00B130BC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5630D398" w14:textId="77777777" w:rsidR="00393EF0" w:rsidRPr="001405F4" w:rsidRDefault="004B4380" w:rsidP="00393EF0">
+    <w:p w14:paraId="5630D398" w14:textId="77777777" w:rsidR="00393EF0" w:rsidRPr="001405F4" w:rsidRDefault="00000000" w:rsidP="00393EF0">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1521733118"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00DC1A04">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002566B5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00393EF0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">olicit volunteers.  Both faculty and student representatives are </w:t>
       </w:r>
       <w:r w:rsidR="00D129CC">
         <w:rPr>
@@ -3079,72 +3004,72 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Students can have their time recognized on their Co-Curricular Record (CCR) </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00762846">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Co-Curricu</w:t>
+          <w:t>Co-Curri</w:t>
         </w:r>
         <w:r w:rsidR="00762846">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>lar Rec</w:t>
+          <w:t>c</w:t>
+        </w:r>
+        <w:r w:rsidR="00762846">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ular Rec</w:t>
         </w:r>
         <w:r w:rsidR="002A2390">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>o</w:t>
-[...6 lines deleted...]
-          <w:t>rd (Staff</w:t>
+          <w:t>ord (Staff</w:t>
         </w:r>
         <w:r w:rsidR="00762846">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Only Resources)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005938F2">
         <w:t>, resumes, portfolios, and/or volunteer hour program requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B577399" w14:textId="77777777" w:rsidR="00EF09D9" w:rsidRPr="008141A0" w:rsidRDefault="00AA5526" w:rsidP="008C4646">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -3166,68 +3091,67 @@
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>dress.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34FA65F6" w14:textId="77777777" w:rsidR="008141A0" w:rsidRPr="008C4646" w:rsidRDefault="00CA1BAC" w:rsidP="008C4646">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Deadline for communicating in writing their</w:t>
       </w:r>
       <w:r w:rsidR="008141A0">
         <w:t xml:space="preserve"> interest in volunteering.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05265CBF" w14:textId="77777777" w:rsidR="00EF09D9" w:rsidRDefault="004B4380" w:rsidP="00EF09D9">
+    <w:p w14:paraId="05265CBF" w14:textId="77777777" w:rsidR="00EF09D9" w:rsidRDefault="00000000" w:rsidP="00EF09D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2057304279"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E93FD9">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008141A0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Once the volunteer list is organized, c</w:t>
       </w:r>
       <w:r w:rsidR="00EF09D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">onfirm </w:t>
       </w:r>
@@ -3250,69 +3174,68 @@
       <w:r w:rsidR="00E93FD9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> while reiterating pertinent information about the date, time, </w:t>
       </w:r>
       <w:r w:rsidR="008C48C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">purpose, dress code, </w:t>
       </w:r>
       <w:r w:rsidR="00E93FD9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>and roles and responsibilities.  While some Coordinators meet with their volunteers to organize these items, this can also be done electronically.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BC0BEB7" w14:textId="77777777" w:rsidR="0018259D" w:rsidRDefault="004B4380" w:rsidP="0018259D">
+    <w:p w14:paraId="2BC0BEB7" w14:textId="77777777" w:rsidR="0018259D" w:rsidRDefault="00000000" w:rsidP="0018259D">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="2070533446"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0018259D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004A490C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Organize, book, and confirm</w:t>
       </w:r>
       <w:r w:rsidR="0018259D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> space, materials, and equipment for your program in advance.  Considerations include:</w:t>
       </w:r>
@@ -3779,164 +3702,127 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">If there are materials that require multiple copies, please </w:t>
       </w:r>
       <w:r w:rsidR="009B4A0E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">check with your Chair and AAA a few days in advance of the event about the most </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> method for printing</w:t>
+        <w:t>check with your Chair and AAA a few days in advance of the event about the most cost effective method for printing</w:t>
       </w:r>
       <w:r w:rsidR="00B81948">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19969DD1" w14:textId="6990BD68" w:rsidR="0018259D" w:rsidRDefault="0018259D" w:rsidP="00EF09D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Think about miscellaneous items that could be useful and to draw attention to your space and program such as </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, additional lighting, music, writing supplies, tape, posters, art pieces, </w:t>
+        <w:t xml:space="preserve">Think about miscellaneous items that could be useful and to draw attention to your space and program such as table cloths, additional lighting, music, writing supplies, tape, posters, art pieces, </w:t>
       </w:r>
       <w:r w:rsidR="009B4A0E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">simulations and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>equipment used in the seminar, lab, field camps, sign-in sheet</w:t>
       </w:r>
       <w:r w:rsidR="008C48C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> for guests to include their information for follow-up, program specific thank-you cards, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42310988" w14:textId="670346C0" w:rsidR="004577E1" w:rsidRPr="004577E1" w:rsidRDefault="004B4380" w:rsidP="004577E1">
+    <w:p w14:paraId="42310988" w14:textId="670346C0" w:rsidR="004577E1" w:rsidRPr="004577E1" w:rsidRDefault="00000000" w:rsidP="004577E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1560005236"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C55839">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C55839">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Read through for information and accuracy the Fleming College Communications email from </w:t>
       </w:r>
       <w:r w:rsidR="009B4A0E" w:rsidRPr="009B4A0E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -3957,128 +3843,126 @@
       <w:r w:rsidR="009B4A0E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C55839">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">that includes the Open House </w:t>
       </w:r>
       <w:r w:rsidR="008141A0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>agenda for the day.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E477F7E" w14:textId="77777777" w:rsidR="0018259D" w:rsidRDefault="004B4380" w:rsidP="00EF09D9">
+    <w:p w14:paraId="6E477F7E" w14:textId="77777777" w:rsidR="0018259D" w:rsidRDefault="00000000" w:rsidP="00EF09D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1554692249"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000672A3">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E93FD9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Confirm in writing perhaps </w:t>
       </w:r>
       <w:r w:rsidR="004577E1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>24-</w:t>
       </w:r>
       <w:r w:rsidR="00E93FD9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>48 hours before Open House the volunteer roles and responsibilities before, during and after and particularly the time to arrive for set-up.</w:t>
       </w:r>
       <w:r w:rsidR="00AA5526">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47F303DA" w14:textId="0C7674FD" w:rsidR="00B81948" w:rsidRDefault="004B4380" w:rsidP="00EF09D9">
+    <w:p w14:paraId="47F303DA" w14:textId="0C7674FD" w:rsidR="00B81948" w:rsidRDefault="00000000" w:rsidP="00EF09D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="910883673"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000672A3">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008141A0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Prepare in your mind </w:t>
       </w:r>
       <w:r w:rsidR="000672A3" w:rsidRPr="001402B2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -4257,68 +4141,67 @@
       <w:r w:rsidR="00B81948">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> with</w:t>
       </w:r>
       <w:r w:rsidR="000672A3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00B81948">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> your industry.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E79E6E" w14:textId="77777777" w:rsidR="000672A3" w:rsidRDefault="004B4380" w:rsidP="00EF09D9">
+    <w:p w14:paraId="50E79E6E" w14:textId="77777777" w:rsidR="000672A3" w:rsidRDefault="00000000" w:rsidP="00EF09D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-61103378"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000672A3">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000672A3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Using Fleming College’s portal, refresh your knowledge about the main services that guests make inquiries about, however, know that often the students are in a better position to answer those questions.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60B5D2CD" w14:textId="77777777" w:rsidR="00C55839" w:rsidRDefault="00C55839" w:rsidP="00C55839">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="009B4A0E">
         <w:rPr>
@@ -4326,136 +4209,134 @@
           <w:highlight w:val="black"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Just Before</w:t>
       </w:r>
       <w:r w:rsidR="008C4646" w:rsidRPr="009B4A0E">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0018259D" w:rsidRPr="009B4A0E">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t>Open House</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A64F171" w14:textId="77777777" w:rsidR="00C55839" w:rsidRPr="00C55839" w:rsidRDefault="00C55839" w:rsidP="00C55839">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D8F5644" w14:textId="77777777" w:rsidR="00C55839" w:rsidRDefault="004B4380" w:rsidP="00C55839">
+    <w:p w14:paraId="4D8F5644" w14:textId="77777777" w:rsidR="00C55839" w:rsidRDefault="00000000" w:rsidP="00C55839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1551953109"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C55839">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C55839">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensure that the space is ready </w:t>
       </w:r>
       <w:r w:rsidR="00A668C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">with any materials needed </w:t>
       </w:r>
       <w:r w:rsidR="00C55839">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>between 9:15</w:t>
       </w:r>
       <w:r w:rsidR="00A668C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidR="00C55839">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and 9:30am on the day of Open House in anticipation of early arrivals regardless whether or not the set-up occurs before or on the day of the event.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EED3CDB" w14:textId="7C384D6E" w:rsidR="00C55839" w:rsidRDefault="004B4380" w:rsidP="00C55839">
+    <w:p w14:paraId="0EED3CDB" w14:textId="7C384D6E" w:rsidR="00C55839" w:rsidRDefault="00000000" w:rsidP="00C55839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1824385856"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004542E6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C55839">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Make sure to have picked up </w:t>
       </w:r>
       <w:r w:rsidR="009B4A0E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">any </w:t>
       </w:r>
@@ -4486,68 +4367,67 @@
       <w:r w:rsidR="00B81948">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">materials </w:t>
       </w:r>
       <w:r w:rsidR="004A490C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">from the AAA or SRO </w:t>
       </w:r>
       <w:r w:rsidR="00C55839">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>for distribution to the faculty and student volunteers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E446258" w14:textId="77777777" w:rsidR="004542E6" w:rsidRPr="00C55839" w:rsidRDefault="004B4380" w:rsidP="00C55839">
+    <w:p w14:paraId="3E446258" w14:textId="77777777" w:rsidR="004542E6" w:rsidRPr="00C55839" w:rsidRDefault="00000000" w:rsidP="00C55839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-357661085"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004542E6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004542E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Using your energy, thank your faculty and student</w:t>
       </w:r>
       <w:r w:rsidR="008141A0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
@@ -4570,68 +4450,67 @@
       <w:r w:rsidR="008C4646">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004542E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>remind them of the purpose for Open House and any associ</w:t>
       </w:r>
       <w:r w:rsidR="008C4646">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ated program goals for the event, and encourage them to check-in with you and each other as needed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607D9A11" w14:textId="77777777" w:rsidR="004542E6" w:rsidRDefault="004B4380" w:rsidP="00C55839">
+    <w:p w14:paraId="607D9A11" w14:textId="77777777" w:rsidR="004542E6" w:rsidRDefault="00000000" w:rsidP="00C55839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="901560502"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C55839">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004542E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Share some practical strategies about how to greet, engage, and provide information about the program and services to people who attend, particularly towards those </w:t>
       </w:r>
       <w:r w:rsidR="008C48C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">guests </w:t>
       </w:r>
@@ -4663,68 +4542,67 @@
       <w:r w:rsidRPr="009B4A0E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>During</w:t>
       </w:r>
       <w:r w:rsidRPr="009B4A0E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Open House</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17BCA5E2" w14:textId="77777777" w:rsidR="008C4646" w:rsidRPr="008C4646" w:rsidRDefault="008C4646" w:rsidP="008C4646">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B348341" w14:textId="77777777" w:rsidR="00B81948" w:rsidRDefault="004B4380" w:rsidP="00C55839">
+    <w:p w14:paraId="3B348341" w14:textId="77777777" w:rsidR="00B81948" w:rsidRDefault="00000000" w:rsidP="00C55839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="898093877"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008C4646">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B81948">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Provide information about the program and services to guests.  While the inquiries can range, some main</w:t>
       </w:r>
       <w:r w:rsidR="000672A3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> areas to anticipate are:</w:t>
       </w:r>
@@ -5151,216 +5029,212 @@
         <w:t>Learning, physical, and mental health services provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1710E035" w14:textId="77777777" w:rsidR="001402B2" w:rsidRDefault="001402B2" w:rsidP="000672A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Clubs and evidence of student social life.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D7615CF" w14:textId="77777777" w:rsidR="004542E6" w:rsidRDefault="004B4380" w:rsidP="00C55839">
+    <w:p w14:paraId="7D7615CF" w14:textId="77777777" w:rsidR="004542E6" w:rsidRDefault="00000000" w:rsidP="00C55839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-378018013"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001402B2">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004542E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Make any adjustments to roles and responsibilities of the volunteers </w:t>
       </w:r>
       <w:r w:rsidR="000672A3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>as they come up.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362FAE1F" w14:textId="77777777" w:rsidR="004577E1" w:rsidRDefault="004B4380" w:rsidP="00EF09D9">
+    <w:p w14:paraId="362FAE1F" w14:textId="77777777" w:rsidR="004577E1" w:rsidRDefault="00000000" w:rsidP="00EF09D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1779400394"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A668C4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004542E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Check</w:t>
       </w:r>
       <w:r w:rsidR="00A668C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>-in with your voluntee</w:t>
       </w:r>
       <w:r w:rsidR="001402B2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">rs about their success and </w:t>
       </w:r>
       <w:r w:rsidR="00A668C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>level of fun.</w:t>
       </w:r>
       <w:r w:rsidR="004542E6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E37A1EB" w14:textId="77777777" w:rsidR="001402B2" w:rsidRDefault="004B4380" w:rsidP="00EF09D9">
+    <w:p w14:paraId="5E37A1EB" w14:textId="77777777" w:rsidR="001402B2" w:rsidRDefault="00000000" w:rsidP="00EF09D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1147786025"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001402B2">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001402B2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensure your volunteers have lunch and take breaks as needed.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174B993A" w14:textId="77777777" w:rsidR="008C4646" w:rsidRDefault="004B4380" w:rsidP="00EF09D9">
+    <w:p w14:paraId="174B993A" w14:textId="77777777" w:rsidR="008C4646" w:rsidRDefault="00000000" w:rsidP="00EF09D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1715332562"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004A490C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="001402B2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="008C4646">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">se and encourage your volunteers to use the Twitter </w:t>
       </w:r>
@@ -5455,172 +5329,169 @@
         </w:rPr>
         <w:t xml:space="preserve"> Open House</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62DDE133" w14:textId="77777777" w:rsidR="006805EB" w:rsidRDefault="001B1CB5" w:rsidP="00C55839">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001405F4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75154075" w14:textId="77777777" w:rsidR="000F2263" w:rsidRDefault="004B4380" w:rsidP="00C55839">
+    <w:p w14:paraId="75154075" w14:textId="77777777" w:rsidR="000F2263" w:rsidRDefault="00000000" w:rsidP="00C55839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="232974188"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004A490C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000F2263">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Remove the equipment, materials, supplies, garbage, etc. from the program space.  If this was in a room or lab, ensure that the desks, tables, chairs and other items are returned to their original places.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B56CE07" w14:textId="77777777" w:rsidR="003C31CE" w:rsidRDefault="004B4380" w:rsidP="00C55839">
+    <w:p w14:paraId="4B56CE07" w14:textId="77777777" w:rsidR="003C31CE" w:rsidRDefault="00000000" w:rsidP="00C55839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1937013911"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002A2390">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004A490C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Return </w:t>
       </w:r>
       <w:r w:rsidR="003C31CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>any leftover program pages to your AAA or SRO</w:t>
       </w:r>
       <w:r w:rsidR="004A490C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="003C31CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>designated area</w:t>
       </w:r>
       <w:r w:rsidR="008C48C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2AB064" w14:textId="77777777" w:rsidR="000F2263" w:rsidRDefault="004B4380" w:rsidP="00C55839">
+    <w:p w14:paraId="5C2AB064" w14:textId="77777777" w:rsidR="000F2263" w:rsidRDefault="00000000" w:rsidP="00C55839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="799425083"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="003C31CE">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003C31CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Consider storing the additional materials developed and supplies used by your program </w:t>
       </w:r>
       <w:r w:rsidR="000F2263">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>so that they can be accessed and/or updated for the nex</w:t>
       </w:r>
@@ -5659,179 +5530,177 @@
       <w:r w:rsidRPr="004B4380">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Following</w:t>
       </w:r>
       <w:r w:rsidRPr="004B4380">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Open House</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B92A150" w14:textId="77777777" w:rsidR="003C31CE" w:rsidRPr="003C31CE" w:rsidRDefault="003C31CE" w:rsidP="003C31CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53435925" w14:textId="77777777" w:rsidR="003C31CE" w:rsidRDefault="004B4380" w:rsidP="00C55839">
+    <w:p w14:paraId="53435925" w14:textId="77777777" w:rsidR="003C31CE" w:rsidRDefault="00000000" w:rsidP="00C55839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1051611901"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002A2390">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003C31CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Send a thank-you in writing (using your Fleming </w:t>
       </w:r>
       <w:r w:rsidR="002A2390">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>email account</w:t>
       </w:r>
       <w:r w:rsidR="003C31CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>) to all of your volunteers</w:t>
       </w:r>
       <w:r w:rsidR="002A2390">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and also ask for feedback about what worked well and what requires improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BFCD89" w14:textId="77777777" w:rsidR="002A2390" w:rsidRDefault="004B4380" w:rsidP="00C55839">
+    <w:p w14:paraId="59BFCD89" w14:textId="77777777" w:rsidR="002A2390" w:rsidRDefault="00000000" w:rsidP="00C55839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1457872516"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002A2390">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002A2390">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Send an email using your Fleming account to the program team about the feedback received – a </w:t>
       </w:r>
       <w:r w:rsidR="00151761">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">team </w:t>
       </w:r>
       <w:r w:rsidR="002A2390">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">meeting could be organized if how the program presented itself </w:t>
       </w:r>
       <w:r w:rsidR="008C48C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">worked well and/or </w:t>
       </w:r>
       <w:r w:rsidR="002A2390">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">requires some revision prior to the next Open House. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E3CEC98" w14:textId="77777777" w:rsidR="00C55839" w:rsidRDefault="004B4380" w:rsidP="00C55839">
+    <w:p w14:paraId="2E3CEC98" w14:textId="77777777" w:rsidR="00C55839" w:rsidRDefault="00000000" w:rsidP="00C55839">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:id w:val="-1413459598"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
@@ -5847,180 +5716,172 @@
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003C31CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Update student Co-Curricular Records (CCRs)</w:t>
       </w:r>
       <w:r w:rsidR="002A2390">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> using </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="002A2390">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve">Co-Curricular Record (Staff </w:t>
-[...6 lines deleted...]
-          <w:t>Only Resources)</w:t>
+          <w:t>Co-Curricular Record (Staff Only Resources)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003C31CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF5F87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>– make sure to have their full name, student number, and name of the event</w:t>
       </w:r>
       <w:r w:rsidR="002A2390">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> when you complete electronic forms.</w:t>
       </w:r>
       <w:r w:rsidR="002A2390" w:rsidRPr="00C55839">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724D454E" w14:textId="7031BA0F" w:rsidR="00D46DD9" w:rsidRPr="00151761" w:rsidRDefault="004B4380" w:rsidP="00224FC2">
+    <w:p w14:paraId="724D454E" w14:textId="7031BA0F" w:rsidR="00D46DD9" w:rsidRPr="00151761" w:rsidRDefault="00000000" w:rsidP="00224FC2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-908614417"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002A2390">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002A2390">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Develop, display (with permission), and/or store photos captured of your program from Open House.</w:t>
       </w:r>
       <w:r w:rsidR="00151761" w:rsidRPr="00151761">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D46DD9" w:rsidRPr="00151761" w:rsidSect="00151761">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="567" w:right="454" w:bottom="567" w:left="454" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19CC227C" w14:textId="77777777" w:rsidR="00151761" w:rsidRDefault="00151761" w:rsidP="00151761">
+    <w:p w14:paraId="4CFDE3CF" w14:textId="77777777" w:rsidR="00F64974" w:rsidRDefault="00F64974" w:rsidP="00151761">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="724075CD" w14:textId="77777777" w:rsidR="00151761" w:rsidRDefault="00151761" w:rsidP="00151761">
+    <w:p w14:paraId="3E262DE2" w14:textId="77777777" w:rsidR="00F64974" w:rsidRDefault="00F64974" w:rsidP="00151761">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6032,64 +5893,64 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B4D2B15" w14:textId="77777777" w:rsidR="00151761" w:rsidRDefault="00151761">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:caps/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2A7A703D" w14:textId="77777777" w:rsidR="00151761" w:rsidRDefault="00151761">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:caps/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
@@ -6135,76 +5996,76 @@
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="02EC5A8F" w14:textId="77777777" w:rsidR="00151761" w:rsidRDefault="00151761">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="474E25CA" w14:textId="77777777" w:rsidR="00151761" w:rsidRDefault="00151761" w:rsidP="00151761">
+    <w:p w14:paraId="225AAB71" w14:textId="77777777" w:rsidR="00F64974" w:rsidRDefault="00F64974" w:rsidP="00151761">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28E60DCE" w14:textId="77777777" w:rsidR="00151761" w:rsidRDefault="00151761" w:rsidP="00151761">
+    <w:p w14:paraId="5C8225A2" w14:textId="77777777" w:rsidR="00F64974" w:rsidRDefault="00F64974" w:rsidP="00151761">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02517C7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AF0C358"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8469,51 +8330,51 @@
   <w:num w:numId="12" w16cid:durableId="82337761">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1226599059">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1496065425">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="337772550">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1467580232">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1538084332">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="747962705">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D46DD9"/>
     <w:rsid w:val="00024D08"/>
     <w:rsid w:val="000672A3"/>
     <w:rsid w:val="000A4399"/>
@@ -8524,128 +8385,132 @@
     <w:rsid w:val="001405F4"/>
     <w:rsid w:val="00151761"/>
     <w:rsid w:val="0018259D"/>
     <w:rsid w:val="00187AE3"/>
     <w:rsid w:val="001A5DDD"/>
     <w:rsid w:val="001B1CB5"/>
     <w:rsid w:val="00224FC2"/>
     <w:rsid w:val="002566B5"/>
     <w:rsid w:val="002A2390"/>
     <w:rsid w:val="00325053"/>
     <w:rsid w:val="00335A14"/>
     <w:rsid w:val="00393EF0"/>
     <w:rsid w:val="003C1126"/>
     <w:rsid w:val="003C31CE"/>
     <w:rsid w:val="004366AE"/>
     <w:rsid w:val="004542E6"/>
     <w:rsid w:val="004577E1"/>
     <w:rsid w:val="004A490C"/>
     <w:rsid w:val="004B4380"/>
     <w:rsid w:val="004B4EF8"/>
     <w:rsid w:val="004C73F1"/>
     <w:rsid w:val="00506AD1"/>
     <w:rsid w:val="005938F2"/>
     <w:rsid w:val="005C0AB7"/>
     <w:rsid w:val="005C3C0B"/>
+    <w:rsid w:val="005C7C9D"/>
     <w:rsid w:val="005D2CCC"/>
     <w:rsid w:val="00602B03"/>
     <w:rsid w:val="006118E6"/>
     <w:rsid w:val="00647E72"/>
     <w:rsid w:val="006805EB"/>
     <w:rsid w:val="006B0398"/>
     <w:rsid w:val="00743C0D"/>
     <w:rsid w:val="007528BC"/>
     <w:rsid w:val="00762846"/>
     <w:rsid w:val="008141A0"/>
     <w:rsid w:val="0088067F"/>
     <w:rsid w:val="0089025F"/>
     <w:rsid w:val="008A2038"/>
     <w:rsid w:val="008A5369"/>
     <w:rsid w:val="008C4646"/>
     <w:rsid w:val="008C48C8"/>
     <w:rsid w:val="008D2F2A"/>
     <w:rsid w:val="009B4A0E"/>
     <w:rsid w:val="009C27D7"/>
     <w:rsid w:val="00A668C4"/>
+    <w:rsid w:val="00AA2167"/>
     <w:rsid w:val="00AA5526"/>
     <w:rsid w:val="00B06E9F"/>
     <w:rsid w:val="00B12687"/>
     <w:rsid w:val="00B130BC"/>
     <w:rsid w:val="00B42A39"/>
     <w:rsid w:val="00B81948"/>
     <w:rsid w:val="00BF5AF9"/>
     <w:rsid w:val="00C55839"/>
     <w:rsid w:val="00C70735"/>
     <w:rsid w:val="00CA1BAC"/>
+    <w:rsid w:val="00CC202F"/>
     <w:rsid w:val="00CE057B"/>
     <w:rsid w:val="00D129CC"/>
     <w:rsid w:val="00D45A06"/>
     <w:rsid w:val="00D46DD9"/>
     <w:rsid w:val="00DC1A04"/>
     <w:rsid w:val="00DD0CD4"/>
     <w:rsid w:val="00DD5D02"/>
     <w:rsid w:val="00E56E21"/>
     <w:rsid w:val="00E93FD9"/>
     <w:rsid w:val="00E947A3"/>
     <w:rsid w:val="00EB48A0"/>
     <w:rsid w:val="00EF09D9"/>
     <w:rsid w:val="00EF5F87"/>
+    <w:rsid w:val="00F64974"/>
     <w:rsid w:val="00F9532D"/>
     <w:rsid w:val="00FF1DC2"/>
     <w:rsid w:val="00FF5F13"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="45555AF6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BDDB8EB2-3489-4ECC-A1B8-3010EE8E4744}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-CA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8723,94 +8588,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -9340,51 +9209,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00151761"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0088067F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="20938721">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="639195549">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -9764,70 +9633,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9605C4E-1B3F-4B5A-9365-B37E6FB51ECC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2032</Words>
-  <Characters>11589</Characters>
+  <Words>2060</Words>
+  <Characters>11475</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>168</Lines>
+  <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Fleming College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13594</CharactersWithSpaces>
+  <CharactersWithSpaces>13436</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Victoria Maystruk</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>