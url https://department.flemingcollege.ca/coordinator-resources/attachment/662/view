--- v0 (2025-10-16)
+++ v1 (2026-02-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4BC44FAC" w14:textId="1097E9B2" w:rsidR="00BB4DA2" w:rsidRDefault="0051313A" w:rsidP="0051313A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F322D2">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14CB9199" wp14:editId="609D5F71">
             <wp:extent cx="190500" cy="175260"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="Icon&#10;&#10;Description automatically generated with low confidence"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -69,54 +69,51 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="190500" cy="175260"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Student Orientation </w:t>
-[...2 lines deleted...]
-        <w:t>Tip Sheet</w:t>
+        <w:t>Student Orientation Tip Sheet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1063491F" wp14:editId="4BF8E049">
             <wp:extent cx="190500" cy="175260"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Picture 5" descr="Icon&#10;&#10;Description automatically generated with low confidence"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="Icon&#10;&#10;Description automatically generated with low confidence"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
@@ -140,51 +137,51 @@
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="096486A6" w14:textId="77777777" w:rsidR="0051313A" w:rsidRDefault="0051313A" w:rsidP="00BB4DA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45315E90" w14:textId="395C565E" w:rsidR="00A614ED" w:rsidRPr="00A614ED" w:rsidRDefault="00BC0C9A" w:rsidP="00BB4DA2">
+    <w:p w14:paraId="45315E90" w14:textId="35547EA6" w:rsidR="00A614ED" w:rsidRPr="00A614ED" w:rsidRDefault="00BC0C9A" w:rsidP="00BB4DA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A614ED">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Organized</w:t>
       </w:r>
       <w:r w:rsidR="007477D1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -259,76 +256,105 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> at Fleming College</w:t>
       </w:r>
       <w:r w:rsidR="00CF2777">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="007477D1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">the objective of </w:t>
       </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00A22960">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:i/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>Academi</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A22960">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:i/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>c</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A22960">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:i/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00BB4DA2" w:rsidRPr="00A22960">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:i/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Orientation </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A22960">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:i/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>Day</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="00A614ED">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Academic </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Day </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F57C1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="007477D1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> for students </w:t>
       </w:r>
       <w:r w:rsidR="00A614ED" w:rsidRPr="00A614ED">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -504,51 +530,51 @@
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> available</w:t>
       </w:r>
       <w:r w:rsidR="00A614ED" w:rsidRPr="00A614ED">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1205956E" w14:textId="77777777" w:rsidR="00A614ED" w:rsidRDefault="00A614ED" w:rsidP="00BB4DA2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B424BA3" w14:textId="3B06AE70" w:rsidR="00536335" w:rsidRDefault="00CF2777" w:rsidP="00536335">
+    <w:p w14:paraId="7B424BA3" w14:textId="7141485B" w:rsidR="00536335" w:rsidRDefault="00CF2777" w:rsidP="00536335">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00DD16F6" w:rsidRPr="00DD16F6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -621,51 +647,69 @@
       <w:r w:rsidR="00DD16F6" w:rsidRPr="00DD16F6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00946C10">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00DD16F6" w:rsidRPr="00DD16F6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for students starting in seme</w:t>
+        <w:t xml:space="preserve"> for students starting in </w:t>
+      </w:r>
+      <w:r w:rsidR="00A22960">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD16F6" w:rsidRPr="00DD16F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>eme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ster 1</w:t>
       </w:r>
       <w:r w:rsidR="00536335">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> of their chosen program</w:t>
       </w:r>
       <w:r w:rsidR="009C6F40">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -780,408 +824,329 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="000F57C1">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>rientation</w:t>
       </w:r>
       <w:r w:rsidR="00536335">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395CB2A3" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="00130350">
+    <w:p w14:paraId="68E98809" w14:textId="41A15E51" w:rsidR="007477D1" w:rsidRPr="00A771D4" w:rsidRDefault="00A22960" w:rsidP="00A771D4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003E08BF">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:highlight w:val="black"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="343DEBF6" w14:textId="77777777" w:rsidR="007477D1" w:rsidRPr="00AF6C26" w:rsidRDefault="007477D1" w:rsidP="007477D1">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="007477D1" w:rsidRPr="00A771D4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:highlight w:val="black"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>Frost Campus</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6214A153" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="007477D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4692008D" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="007477D1">
-[...64 lines deleted...]
-    <w:p w14:paraId="19A25A7D" w14:textId="29F6F51A" w:rsidR="00593730" w:rsidRDefault="00593730" w:rsidP="00DD6311">
+    <w:p w14:paraId="19A25A7D" w14:textId="610DE425" w:rsidR="00593730" w:rsidRDefault="00593730" w:rsidP="00DD6311">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">There is a specific </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00926CF6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>International Orientation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00926CF6">
         <w:t xml:space="preserve"> (external website) for Fleming’s International students including</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> specific</w:t>
       </w:r>
       <w:r w:rsidR="00926CF6">
         <w:t xml:space="preserve"> and mandatory </w:t>
       </w:r>
       <w:r w:rsidR="008321A0">
         <w:t xml:space="preserve">Orientation sessions </w:t>
       </w:r>
       <w:r>
         <w:t>prior to the semester they start their program in</w:t>
       </w:r>
       <w:r w:rsidR="00926CF6">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> there is a</w:t>
       </w:r>
       <w:r w:rsidR="00926CF6">
         <w:t>n optional, additional</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in-person session specific for International Students before the first week of class.  </w:t>
       </w:r>
       <w:r w:rsidR="00926CF6">
-        <w:t xml:space="preserve">An example a current Fleming College </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId10" w:history="1">
+        <w:t xml:space="preserve">An example </w:t>
+      </w:r>
+      <w:r w:rsidR="00A22960">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00926CF6">
+        <w:t xml:space="preserve">a current Fleming College </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00926CF6" w:rsidRPr="00926CF6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>International Orientation Handbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00926CF6">
         <w:t xml:space="preserve"> is provided for viewing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21813E3F" w14:textId="77777777" w:rsidR="00926CF6" w:rsidRDefault="00926CF6" w:rsidP="00926CF6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C7DE81C" w14:textId="3583BACF" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="007477D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Student Experience representative at Frost Campus sends emails in the preceding semester to Program Coordinators to begin organizing Orientation for Fall, Winter, and Spring semesters.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153E56C9" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="007477D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="139423FB" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="007477D1">
+    <w:p w14:paraId="3535082F" w14:textId="08B19EB3" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="003B546C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Because </w:t>
       </w:r>
-      <w:r w:rsidRPr="00870665">
+      <w:r w:rsidRPr="00A22960">
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>all classes continue to run</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> during the first day and week of each semester, Program Coordinators and the Frost Student Association work with the </w:t>
       </w:r>
       <w:r w:rsidR="000F57C1">
         <w:t>Frost Student Experience</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> representative to organize days, times, and rooms for information sessions, the Auk’s Lodge expo which provides information about on-campus service areas, and Knights Orientation (KO) social events.  The KO event may include food and music depending on budget. Of note, in the Fall semester, Orientation begins on Labour Day Monday.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3535082F" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="007477D1">
+        <w:t xml:space="preserve"> representative to organize days, times, and rooms for information sessions, the Auk’s Lodge expo which provides information about on-campus service areas, and social events.  The </w:t>
+      </w:r>
+      <w:r w:rsidR="00A22960">
+        <w:t>orientation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> event may include food and music depending on budget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C97E50D" w14:textId="77777777" w:rsidR="00A22960" w:rsidRDefault="00A22960" w:rsidP="00A22960">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E87CF29" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="007477D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Program information sessions are organized and facilitated by individual Coordinators as well as the Common First Semester Coordinator who meets with a number of programs.  Depending upon the size and availability, upper-level students, faculty from various program teams, faculty from the School of General Arts and Sciences that teach subject or discipline courses (Communications, Mathematics, Psychology, Computers, Organizational Behaviour, General Education) may attend to assist with presenting information and facilitating fun activities.  </w:t>
+        <w:t xml:space="preserve">Program information sessions are organized and facilitated by individual Coordinators as well as the Common First Semester Coordinator who meets with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> programs.  Depending upon the size and availability, upper-level students, faculty from various program teams, faculty from the School of General Arts and Sciences that teach subject or discipline courses (Communications, Mathematics, Psychology, Computers, Organizational Behaviour, General Education) may attend to assist with presenting information and facilitating fun activities.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B233ACD" w14:textId="77777777" w:rsidR="00F130AB" w:rsidRDefault="00F130AB" w:rsidP="00F130AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21939B53" w14:textId="32C665FC" w:rsidR="00E90892" w:rsidRDefault="00F130AB" w:rsidP="00E90892">
+    <w:p w14:paraId="36BA7241" w14:textId="2C060855" w:rsidR="00E90892" w:rsidRDefault="00F130AB" w:rsidP="00B71B0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Student Experience representative sends an email with information and links for Orientation.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-[...31 lines deleted...]
-    <w:p w14:paraId="36BA7241" w14:textId="77777777" w:rsidR="00E90892" w:rsidRDefault="00E90892" w:rsidP="00E90892">
+    </w:p>
+    <w:p w14:paraId="13E12B8E" w14:textId="77777777" w:rsidR="00A22960" w:rsidRDefault="00A22960" w:rsidP="00A22960">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29BDFCCF" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="00E90892">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Frost Campus also provides an “Ask Me” desk for the first few days on campus where students can make direct, in-person inquiries.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="789858D4" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="007477D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0794AFBC" w14:textId="79D04EC6" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="00C222D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In addition, during the first week, some programs use the student guided learning hours in some of their courses to also do some student advising with a technologist.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E26765E" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="00130350">
+    <w:p w14:paraId="6E26765E" w14:textId="5254AAC4" w:rsidR="007477D1" w:rsidRPr="00A771D4" w:rsidRDefault="00A771D4" w:rsidP="00130350">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003E08BF">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:highlight w:val="black"/>
-[...10 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="007477D1" w:rsidRPr="00A771D4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:highlight w:val="black"/>
+          </w:rPr>
+          <w:t>Haliburton Campus</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5497E165" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="007477D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61AEB33C" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="007477D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>In the semester that precedes Orientation, the Student Support Services person from Haliburton connects with the Program Coordinators to organize the event and obtain additional information that should be included in new student information packages.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="061EF2F2" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="007477D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7596CA39" w14:textId="386D0A72" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="00BE2DD6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Student Support Services person then provides new students with an electronic welcome and information package. Included are important dates, </w:t>
       </w:r>
       <w:r w:rsidRPr="00593730">
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>a schedule for Orientation that does not interfere with their timetable</w:t>
       </w:r>
       <w:r>
         <w:t>, and considerations students need to make about exemptions, General Educa</w:t>
       </w:r>
       <w:r w:rsidR="006255C7">
         <w:t xml:space="preserve">tion courses, finances etc. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Also, new students are encouraged to engage with the campus by providing email confirmation of their receipt and understanding of the information package to the Student Support Services person.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A367E4C" w14:textId="77777777" w:rsidR="00593730" w:rsidRDefault="00593730" w:rsidP="00593730">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34D8D3BC" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="007477D1">
@@ -1210,99 +1175,109 @@
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D7D796D" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="007477D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Typically within the first week between classes, an opportunity to meet with a representative from Frost or Sutherland Student Council is organized where food and grab bag items may be provided depending on budget.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21A80A10" w14:textId="77777777" w:rsidR="007477D1" w:rsidRDefault="007477D1" w:rsidP="00536335">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4696DBE2" w14:textId="77777777" w:rsidR="00536335" w:rsidRDefault="00536335" w:rsidP="00130350">
+    <w:p w14:paraId="4696DBE2" w14:textId="13C42EE1" w:rsidR="00536335" w:rsidRPr="00A771D4" w:rsidRDefault="00A771D4" w:rsidP="00130350">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00593730">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:highlight w:val="black"/>
-[...10 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00536335" w:rsidRPr="00A771D4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="FFFFFF" w:themeColor="background1"/>
+            <w:highlight w:val="black"/>
+          </w:rPr>
+          <w:t>Sutherland Campus</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="247E3F4D" w14:textId="77777777" w:rsidR="00C93384" w:rsidRPr="00C93384" w:rsidRDefault="00C93384" w:rsidP="0055244D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FC92E79" w14:textId="6408D037" w:rsidR="00543B0C" w:rsidRDefault="00543B0C" w:rsidP="00543B0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">There is a specific </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00926CF6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>International Orientation</w:t>
+          <w:t>International Or</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00926CF6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>i</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00926CF6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>entation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (external website) for Fleming’s International students including specific and mandatory prior to the semester they start their program in and there is an optional, additional in-person session specific for International Students before the first week of class.  An example a current Fleming College </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00926CF6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>International Orientation Handbook</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> is provided for viewing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4128BC5A" w14:textId="77777777" w:rsidR="00543B0C" w:rsidRDefault="00543B0C" w:rsidP="00543B0C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A4F2A6B" w14:textId="77777777" w:rsidR="000F57C1" w:rsidRDefault="00536335" w:rsidP="000F57C1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
@@ -1506,71 +1481,92 @@
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r w:rsidR="00543B0C">
         <w:t>use</w:t>
       </w:r>
       <w:r w:rsidR="00A6458A">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="048160D1" w14:textId="77777777" w:rsidR="000F57C1" w:rsidRDefault="000F57C1" w:rsidP="000F57C1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="726BF5A9" w14:textId="4F520547" w:rsidR="000F57C1" w:rsidRDefault="000F57C1" w:rsidP="000F57C1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For students, they receive the information about Orientation through Fleming’s external website </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="000F57C1">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Exam</w:t>
         </w:r>
         <w:r w:rsidRPr="000F57C1">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve">ple of </w:t>
+          <w:t>p</w:t>
+        </w:r>
+        <w:r w:rsidRPr="000F57C1">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">le of </w:t>
         </w:r>
         <w:r w:rsidR="006255C7">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve">the Orientation Information provided to </w:t>
+          <w:t>the Orientation Information provid</w:t>
+        </w:r>
+        <w:r w:rsidR="006255C7">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r w:rsidR="006255C7">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">d to </w:t>
         </w:r>
         <w:r w:rsidRPr="000F57C1">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Students</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00543B0C">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (external website)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32BC3607" w14:textId="77777777" w:rsidR="00A6458A" w:rsidRDefault="00A6458A" w:rsidP="00A6458A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79717817" w14:textId="16CFD049" w:rsidR="00C93384" w:rsidRDefault="00A6458A" w:rsidP="00C93384">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1591,55 +1587,51 @@
       <w:r w:rsidR="00543B0C">
         <w:t xml:space="preserve">are assigned specific times and spaces to </w:t>
       </w:r>
       <w:r w:rsidR="007C5BC4">
         <w:t>meet but</w:t>
       </w:r>
       <w:r w:rsidR="00543B0C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF2902">
         <w:t xml:space="preserve">are organized and facilitated </w:t>
       </w:r>
       <w:r w:rsidR="00A213AF">
         <w:t>by individual Coordinators</w:t>
       </w:r>
       <w:r w:rsidR="000F57C1">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Depending upon the size and availability, </w:t>
       </w:r>
       <w:r w:rsidR="00BF2902">
         <w:t xml:space="preserve">upper-level students, </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">faculty from the program team, faculty from the School of General Arts and Sciences that teach subject or discipline courses (Communications, </w:t>
-[...3 lines deleted...]
-        <w:t>Mathematics, Psychology, Computers, Organizational Behaviour</w:t>
+        <w:t>faculty from the program team, faculty from the School of General Arts and Sciences that teach subject or discipline courses (Communications, Mathematics, Psychology, Computers, Organizational Behaviour</w:t>
       </w:r>
       <w:r w:rsidR="0055244D">
         <w:t>, General Education</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00A213AF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A515F">
         <w:t xml:space="preserve">may attend </w:t>
       </w:r>
       <w:r w:rsidR="0055244D">
         <w:t xml:space="preserve">to assist with presenting information and facilitating fun activities.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11190A7C" w14:textId="77777777" w:rsidR="009C6F40" w:rsidRDefault="009C6F40" w:rsidP="009C6F40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08B401E7" w14:textId="1F93CFAE" w:rsidR="009C6F40" w:rsidRDefault="009C6F40" w:rsidP="009C6F40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1654,144 +1646,155 @@
       <w:r w:rsidRPr="007C5BC4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Marketing</w:t>
       </w:r>
       <w:r w:rsidR="007C5BC4" w:rsidRPr="007C5BC4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Student Recruitment</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB9C000" w14:textId="77777777" w:rsidR="0055244D" w:rsidRDefault="0055244D" w:rsidP="0055244D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D07ABF8" w14:textId="77777777" w:rsidR="0055244D" w:rsidRDefault="0055244D" w:rsidP="00AF6C26">
+    <w:p w14:paraId="7D07ABF8" w14:textId="40A9941A" w:rsidR="0055244D" w:rsidRDefault="0055244D" w:rsidP="00AF6C26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In each semester, students are invited visit the Service Fair tables in the front foyer, take a campus tour facilitated by the Student Recruitment Office, and </w:t>
       </w:r>
       <w:r w:rsidR="00AF6C26">
         <w:t xml:space="preserve">attend </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a meet and greet </w:t>
       </w:r>
       <w:r w:rsidR="00AF6C26">
         <w:t xml:space="preserve">event </w:t>
       </w:r>
-      <w:r w:rsidR="00B80808">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
         <w:t xml:space="preserve">hosted by the Student Administrative Council that </w:t>
       </w:r>
       <w:r w:rsidR="00AF6C26">
         <w:t>commonly</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> include</w:t>
       </w:r>
       <w:r w:rsidR="00AF6C26">
-        <w:t xml:space="preserve">s food, Fleming grad bag items, and </w:t>
+        <w:t>s food, Fleming gra</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22960">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6C26">
+        <w:t xml:space="preserve"> bag items, and </w:t>
       </w:r>
       <w:r>
         <w:t>music</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22960">
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00AF6C26">
         <w:t xml:space="preserve"> depending on budget</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5D3F8F" w14:textId="5971523F" w:rsidR="00BB4DA2" w:rsidRPr="00BD0A0D" w:rsidRDefault="00BB4DA2" w:rsidP="00BD0A0D">
+    <w:p w14:paraId="2A5D3F8F" w14:textId="5971523F" w:rsidR="00BB4DA2" w:rsidRDefault="00BB4DA2" w:rsidP="00BD0A0D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FCDDABE" w14:textId="77777777" w:rsidR="00A22960" w:rsidRPr="00BD0A0D" w:rsidRDefault="00A22960" w:rsidP="00BD0A0D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="565C0B2B" w14:textId="77777777" w:rsidR="00612F22" w:rsidRPr="003B5406" w:rsidRDefault="00612F22" w:rsidP="00612F22">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="007C5BC4">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Preparing</w:t>
       </w:r>
       <w:r w:rsidR="00870665" w:rsidRPr="007C5BC4">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Orientation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24254FA2" w14:textId="77777777" w:rsidR="00612F22" w:rsidRPr="0066156D" w:rsidRDefault="00612F22" w:rsidP="00612F22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="466CB99E" w14:textId="77777777" w:rsidR="00612F22" w:rsidRDefault="009E606B" w:rsidP="00612F22">
+    <w:p w14:paraId="466CB99E" w14:textId="77777777" w:rsidR="00612F22" w:rsidRDefault="00000000" w:rsidP="00612F22">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="506876874"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00612F22">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00612F22">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Confirm with the</w:t>
       </w:r>
       <w:r w:rsidR="00870665">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Orientation representative (see above </w:t>
       </w:r>
       <w:r w:rsidR="00383CBB">
         <w:rPr>
@@ -1944,68 +1947,67 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00612F22">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">nformation about </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>food and swag bag provisions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C5494CA" w14:textId="77777777" w:rsidR="00612F22" w:rsidRPr="001405F4" w:rsidRDefault="009E606B" w:rsidP="00612F22">
+    <w:p w14:paraId="4C5494CA" w14:textId="77777777" w:rsidR="00612F22" w:rsidRPr="001405F4" w:rsidRDefault="00000000" w:rsidP="00612F22">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1521733118"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00612F22">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00612F22">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00974377">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>olicit volunteers.  Program and GAS f</w:t>
       </w:r>
       <w:r w:rsidR="00612F22">
         <w:rPr>
@@ -2478,60 +2480,51 @@
         </w:rPr>
         <w:t>ed and prior to the Orientation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00974377">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">  This gives students </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">notice especially if they have competing responsibilities.  In order to </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">obtain your determined student volunteer numbers, be mindful to include clear information and </w:t>
+        <w:t xml:space="preserve">notice especially if they have competing responsibilities.  In order to obtain your determined student volunteer numbers, be mindful to include clear information and </w:t>
       </w:r>
       <w:r w:rsidRPr="005C0AB7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">some of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>perks in your request like</w:t>
       </w:r>
       <w:r w:rsidRPr="005C0AB7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
@@ -2620,89 +2613,67 @@
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Possible program goals f</w:t>
       </w:r>
       <w:r w:rsidR="00383CBB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">or Orientation ie.  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00383CBB" w:rsidRPr="0051313A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
         <w:t>informational</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0051313A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="fr-CA"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> engagement, fun, etc.</w:t>
+        <w:t>, student engagement, fun, etc.</w:t>
       </w:r>
       <w:r w:rsidRPr="0051313A">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CA" w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="470FB69F" w14:textId="77777777" w:rsidR="00612F22" w:rsidRDefault="00612F22" w:rsidP="00612F22">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
@@ -2727,96 +2698,90 @@
         </w:rPr>
         <w:t>Orientation information sessions and events.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40DDCC20" w14:textId="47AA3A5E" w:rsidR="00612F22" w:rsidRPr="00AA5526" w:rsidRDefault="00612F22" w:rsidP="00612F22">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Students can have their time recognized on their Co-Curricular Record (CCR) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Co-Curricul</w:t>
-[...6 lines deleted...]
-          <w:t>ar Record (Staff Only Resources)</w:t>
+          <w:t>Co-Curricular Record (Staff Only Resources)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, resumes, portfolios, and/or volunteer hour program requirements.</w:t>
       </w:r>
       <w:r w:rsidR="00BD0A0D" w:rsidRPr="00BD0A0D">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17ECC3B7" w14:textId="77777777" w:rsidR="00974377" w:rsidRPr="00974377" w:rsidRDefault="00974377" w:rsidP="00974377">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00974377">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provisions for lunch </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>and swag bags if they are being provided</w:t>
       </w:r>
       <w:r w:rsidRPr="00974377">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="711D0005" w14:textId="77777777" w:rsidR="00612F22" w:rsidRPr="008141A0" w:rsidRDefault="00612F22" w:rsidP="00612F22">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
@@ -2829,121 +2794,119 @@
       </w:pPr>
       <w:r w:rsidRPr="0018259D">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Any expectations about professional and/or uniform dress.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0096B708" w14:textId="77777777" w:rsidR="00612F22" w:rsidRPr="008C4646" w:rsidRDefault="00612F22" w:rsidP="00612F22">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Deadline for communicating in writing their interest in volunteering.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F86115" w14:textId="77777777" w:rsidR="00612F22" w:rsidRDefault="009E606B" w:rsidP="00612F22">
+    <w:p w14:paraId="30F86115" w14:textId="77777777" w:rsidR="00612F22" w:rsidRDefault="00000000" w:rsidP="00612F22">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2057304279"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00612F22">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00612F22">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Once the volunteer list is organized, confirm and thank in writing the </w:t>
       </w:r>
       <w:r w:rsidR="00974377">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>list of Orientation</w:t>
       </w:r>
       <w:r w:rsidR="00612F22">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> faculty and student volunteers while reiterating pertinent information about the date, time, purpose, dress code, and roles and responsibilities.  While some Coordinators meet with their volunteers to organize these items, this can also be done electronically.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B13ECB" w14:textId="77777777" w:rsidR="00612F22" w:rsidRDefault="009E606B" w:rsidP="00612F22">
+    <w:p w14:paraId="43B13ECB" w14:textId="77777777" w:rsidR="00612F22" w:rsidRDefault="00000000" w:rsidP="00612F22">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="2070533446"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00612F22">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00612F22">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Organize, book, and confirm space, materials, and equipment for your program in advance.  Considerations include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01C2C0C3" w14:textId="3229F92C" w:rsidR="00612F22" w:rsidRDefault="00612F22" w:rsidP="00612F22">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
@@ -3103,51 +3066,51 @@
       </w:r>
       <w:r w:rsidRPr="001325A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Fleming College </w:t>
       </w:r>
       <w:r w:rsidRPr="001325A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Information Technology Services email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="001325A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>itsupport@flemingcollege.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7D3A6C2D" w14:textId="64A5BFB6" w:rsidR="00612F22" w:rsidRDefault="00612F22" w:rsidP="00130350">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -3209,128 +3172,126 @@
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r w:rsidRPr="009E606B">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t>Orientation</w:t>
       </w:r>
       <w:r w:rsidR="004956C9" w:rsidRPr="009E606B">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t xml:space="preserve"> Information Session or Program Specific Event</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09B1A348" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRPr="00C55839" w:rsidRDefault="00BB7D6B" w:rsidP="00BB7D6B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7ED1B5AD" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="009E606B" w:rsidP="00BB7D6B">
+    <w:p w14:paraId="7ED1B5AD" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="00000000" w:rsidP="00BB7D6B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1551953109"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BB7D6B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004956C9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Be at the designated location </w:t>
       </w:r>
       <w:r w:rsidR="00223C8D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>early in order to do any setting up</w:t>
       </w:r>
       <w:r w:rsidR="004956C9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and also to catch any early arrivals</w:t>
       </w:r>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E33BAB6" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="009E606B" w:rsidP="00BB7D6B">
+    <w:p w14:paraId="4E33BAB6" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="00000000" w:rsidP="00BB7D6B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1824385856"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BB7D6B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Make sure to h</w:t>
       </w:r>
       <w:r w:rsidR="004956C9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">ave </w:t>
       </w:r>
@@ -3369,137 +3330,135 @@
       <w:r w:rsidR="006255C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">needed for activities, and any items like business cards or information packages </w:t>
       </w:r>
       <w:r w:rsidR="004956C9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>for distribution to the new students</w:t>
       </w:r>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318EC48A" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRPr="00C55839" w:rsidRDefault="009E606B" w:rsidP="00BB7D6B">
+    <w:p w14:paraId="318EC48A" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRPr="00C55839" w:rsidRDefault="00000000" w:rsidP="00BB7D6B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-357661085"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BB7D6B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Using your energy, thank your faculty and students for volunteering, remind them of the </w:t>
       </w:r>
       <w:r w:rsidR="004956C9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>purpose for Orientation</w:t>
       </w:r>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and any associ</w:t>
       </w:r>
       <w:r w:rsidR="006255C7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">ated program goals, </w:t>
       </w:r>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>and encourage them to check-in with you and each other as needed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D16B59A" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="009E606B" w:rsidP="00130350">
+    <w:p w14:paraId="4D16B59A" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="00000000" w:rsidP="00130350">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="901560502"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BB7D6B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Share some practical strategies about how to greet, engage, and provide information about the program and services to people who attend, particularly towards those </w:t>
       </w:r>
       <w:r w:rsidR="004956C9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>students</w:t>
       </w:r>
@@ -3538,68 +3497,67 @@
       <w:r w:rsidRPr="009E606B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>During</w:t>
       </w:r>
       <w:r w:rsidR="004956C9" w:rsidRPr="009E606B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> an Orientation Information Session or Program Specific Event</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23DACFAC" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRPr="008C4646" w:rsidRDefault="00BB7D6B" w:rsidP="00BB7D6B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C5DCE3B" w14:textId="77777777" w:rsidR="004956C9" w:rsidRDefault="009E606B" w:rsidP="004956C9">
+    <w:p w14:paraId="1C5DCE3B" w14:textId="77777777" w:rsidR="004956C9" w:rsidRDefault="00000000" w:rsidP="004956C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="898093877"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004956C9">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D216EA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="000B40F5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">longside faculty and student volunteers, </w:t>
       </w:r>
@@ -3614,156 +3572,154 @@
       <w:r w:rsidR="00D216EA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> as they are arriving</w:t>
       </w:r>
       <w:r w:rsidR="00697E98">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and distribute any materials as well as your business card with your contact information.</w:t>
       </w:r>
       <w:r w:rsidR="004956C9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55BD719E" w14:textId="77777777" w:rsidR="004956C9" w:rsidRDefault="009E606B" w:rsidP="004956C9">
+    <w:p w14:paraId="55BD719E" w14:textId="77777777" w:rsidR="004956C9" w:rsidRDefault="00000000" w:rsidP="004956C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-711576700"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004956C9">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D216EA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="004956C9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>lay music and/or have slides and pictures of students from the program engaged in activities unique to the program</w:t>
       </w:r>
       <w:r w:rsidR="00D216EA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> during arrivals</w:t>
       </w:r>
       <w:r w:rsidR="004956C9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00697E98">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">  Included could be your program vision, mission, values, and teaching philosophy as well as information or sites and links that the students would benefit from following.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBC9F7A" w14:textId="08D9BF71" w:rsidR="001E194D" w:rsidRDefault="009E606B" w:rsidP="001E194D">
+    <w:p w14:paraId="5FBC9F7A" w14:textId="08D9BF71" w:rsidR="001E194D" w:rsidRDefault="00000000" w:rsidP="001E194D">
       <w:pPr>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1361584192"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="001E194D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A15F9B">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Welcome the new students with warmth and enthusiasm and as suggested by the Student Experience Team, make a traditional land acknowledgement.  </w:t>
       </w:r>
       <w:r w:rsidR="001E194D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>This acknowledgement is a step in decolonizing campus culture.  Example provided from the Student Experience Team</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009E606B">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2019)</w:t>
       </w:r>
       <w:r w:rsidR="001E194D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623EE66E" w14:textId="4D290F11" w:rsidR="001E194D" w:rsidRPr="001E194D" w:rsidRDefault="001E194D" w:rsidP="001E194D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="212121"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E194D">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
@@ -3798,50 +3754,51 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>to the Mississauga peoples for allowing us to continue our work in their territory.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="221B055F" w14:textId="77777777" w:rsidR="001E194D" w:rsidRPr="001E194D" w:rsidRDefault="001E194D" w:rsidP="001E194D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E194D">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(Second paragraph can be adapted)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E194D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I would like to say that I come here today, as I’m sure all of you have, with a good heart and good mind; and to celebrate the beginning of your stud</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
@@ -3863,68 +3820,67 @@
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="212121"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Thank-you (Miigwech, Nia:wen)</w:t>
       </w:r>
       <w:r w:rsidR="001E194D" w:rsidRPr="001E194D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="694C10D9" w14:textId="6EF9597E" w:rsidR="000B40F5" w:rsidRDefault="009E606B" w:rsidP="004956C9">
+    <w:p w14:paraId="694C10D9" w14:textId="6EF9597E" w:rsidR="000B40F5" w:rsidRDefault="00000000" w:rsidP="004956C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-365300609"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D216EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D216EA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00A15F9B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ntroduce yourself including the pronoun you wish to be called</w:t>
       </w:r>
@@ -3994,51 +3950,51 @@
       </w:r>
       <w:r w:rsidR="00697E98">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000B40F5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001E194D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Example provided by the Student Experience Team</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009E606B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2019)</w:t>
       </w:r>
       <w:r w:rsidR="001E194D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="262F3172" w14:textId="4D1336C7" w:rsidR="001E194D" w:rsidRPr="001E194D" w:rsidRDefault="001E194D" w:rsidP="001E194D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
@@ -4051,262 +4007,258 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="001E194D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>My name is… and my pronouns are she/her (or him/her; or they/them). I am the Coordinator for the … program at Fleming College.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468E4817" w14:textId="77777777" w:rsidR="00697E98" w:rsidRDefault="009E606B" w:rsidP="004956C9">
+    <w:p w14:paraId="468E4817" w14:textId="77777777" w:rsidR="00697E98" w:rsidRDefault="00000000" w:rsidP="004956C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-624855482"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D216EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D216EA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Facilitate some small activities to engage and increase comfort level between students.  They can be purely fun </w:t>
       </w:r>
       <w:r w:rsidR="00697E98">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>and/</w:t>
       </w:r>
       <w:r w:rsidR="00D216EA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">or they can also include program information you think may be helpful for students to know. </w:t>
       </w:r>
       <w:r w:rsidR="000F57C1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> If possible, take photos (with each student’s permission)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B7065CF" w14:textId="77777777" w:rsidR="00D216EA" w:rsidRDefault="009E606B" w:rsidP="004956C9">
+    <w:p w14:paraId="5B7065CF" w14:textId="77777777" w:rsidR="00D216EA" w:rsidRDefault="00000000" w:rsidP="004956C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-378018013"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00697E98">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00697E98">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Make any adjustments to roles and responsibilities of the volunteers as they come up.</w:t>
       </w:r>
       <w:r w:rsidR="00697E98">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-CA"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="702FBF0F" wp14:editId="72C184FA">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>6565113</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>9201634</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="602547" cy="274504"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="logo_coord.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18" cstate="print">
+                    <a:blip r:embed="rId20" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="602547" cy="274504"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01FE8CAC" w14:textId="77777777" w:rsidR="00697E98" w:rsidRDefault="009E606B" w:rsidP="004956C9">
+    <w:p w14:paraId="01FE8CAC" w14:textId="77777777" w:rsidR="00697E98" w:rsidRDefault="00000000" w:rsidP="004956C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1525626568"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00697E98">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00697E98">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Provide some time for students to ask questions.  This can be done verbally, however, you can also provide materials so students as they arrive write down any questions.  These can then be collected or submitted into a box and then chosen randomly to read and answered before the end of the information session.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D674720" w14:textId="77777777" w:rsidR="00130350" w:rsidRDefault="009E606B" w:rsidP="00130350">
+    <w:p w14:paraId="1D674720" w14:textId="77777777" w:rsidR="00130350" w:rsidRDefault="00000000" w:rsidP="00130350">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-802310190"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D216EA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D216EA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">At the end of the program session or activities, make sure to provide information about </w:t>
       </w:r>
       <w:r w:rsidR="00697E98">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">and encourage the students to attend </w:t>
       </w:r>
@@ -4344,141 +4296,138 @@
       </w:pPr>
       <w:r w:rsidRPr="009E606B">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Just After</w:t>
       </w:r>
       <w:r w:rsidR="00223C8D" w:rsidRPr="009E606B">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t xml:space="preserve"> an Orientation Session or Program Specific Even</w:t>
       </w:r>
       <w:r w:rsidR="00223C8D">
         <w:t>t</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C88898D" w14:textId="77777777" w:rsidR="00697E98" w:rsidRPr="00697E98" w:rsidRDefault="00697E98" w:rsidP="00697E98">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D11DFE9" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRPr="00697E98" w:rsidRDefault="009E606B" w:rsidP="00697E98">
+    <w:p w14:paraId="1D11DFE9" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRPr="00697E98" w:rsidRDefault="00000000" w:rsidP="00697E98">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-968976048"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00223C8D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00697E98">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Check-in with your volunteers about their success and level of fun. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C7A085" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="009E606B" w:rsidP="00BB7D6B">
+    <w:p w14:paraId="51C7A085" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="00000000" w:rsidP="00BB7D6B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="232974188"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="000F57C1">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Remove the equipment, materials, supplies, garbage, etc. from the program space.  If this was in a room or lab, ensure that the desks, tables, chairs and other items are returned to their original places.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7265F4F7" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="009E606B" w:rsidP="00130350">
+    <w:p w14:paraId="7265F4F7" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="00000000" w:rsidP="00130350">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="799425083"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BB7D6B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Consider storing the additional materials developed and supplies used by your program so that they can be accessed and/or updated for the nex</w:t>
       </w:r>
       <w:r w:rsidR="00697E98">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>t Orientation</w:t>
       </w:r>
@@ -4520,235 +4469,231 @@
       <w:r w:rsidRPr="009E606B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Following</w:t>
       </w:r>
       <w:r w:rsidR="00223C8D" w:rsidRPr="009E606B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> an Orientation Session or Program Specific Event</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C7E76ED" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRPr="003C31CE" w:rsidRDefault="00BB7D6B" w:rsidP="00BB7D6B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AA53558" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="009E606B" w:rsidP="00BB7D6B">
+    <w:p w14:paraId="3AA53558" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="00000000" w:rsidP="00BB7D6B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1051611901"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BB7D6B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Send a thank-you in writing (using your Fleming email account) to all of </w:t>
       </w:r>
       <w:r w:rsidR="00F130AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">the faculty and student </w:t>
       </w:r>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>volunteers and also ask for feedback about what worked well and what requires improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFC433D" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="009E606B" w:rsidP="00BB7D6B">
+    <w:p w14:paraId="6EFC433D" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="00000000" w:rsidP="00BB7D6B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1457872516"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BB7D6B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Send an email using your Fleming account to the program team about the feedback received – a team meeting could be organized if how the program presented itself worked well and/or requires some revis</w:t>
       </w:r>
       <w:r w:rsidR="000F57C1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ion prior to the next Orientation</w:t>
       </w:r>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EAC65EE" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="009E606B" w:rsidP="00BB7D6B">
+    <w:p w14:paraId="5EAC65EE" w14:textId="77777777" w:rsidR="00BB7D6B" w:rsidRDefault="00000000" w:rsidP="00BB7D6B">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:id w:val="-1413459598"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00BB7D6B">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Update student Co-Curricular Records (CCRs) using </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00BB7D6B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Co-Curricular Record (Staff Only Resources)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BB7D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> – make sure to have their full name, student number, and name of the event when you complete electronic forms.</w:t>
       </w:r>
       <w:r w:rsidR="00BB7D6B" w:rsidRPr="00C55839">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16CF5586" w14:textId="77777777" w:rsidR="000C7AFC" w:rsidRDefault="009E606B" w:rsidP="000C7AFC">
-[...5 lines deleted...]
-          <w:u w:val="none"/>
+    <w:p w14:paraId="2B10A509" w14:textId="1F7B3DDA" w:rsidR="00000000" w:rsidRPr="000C7AFC" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:id w:val="-908614417"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00BB7D6B">
             <w:rPr>
@@ -4767,161 +4712,152 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Develop, display (with permission), and/or store photos captured</w:t>
       </w:r>
       <w:r w:rsidR="000F57C1">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> of your program from Orientation</w:t>
       </w:r>
       <w:r w:rsidR="00BD0A0D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B10A509" w14:textId="72CFA608" w:rsidR="00A6433C" w:rsidRPr="000C7AFC" w:rsidRDefault="009E606B">
-[...7 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="00A6433C" w:rsidRPr="000C7AFC" w:rsidSect="00BD0A0D">
-      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="567" w:right="454" w:bottom="567" w:left="454" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45583406" w14:textId="77777777" w:rsidR="00BD0A0D" w:rsidRDefault="00BD0A0D" w:rsidP="00BD0A0D">
+    <w:p w14:paraId="230B7776" w14:textId="77777777" w:rsidR="00D03FD4" w:rsidRDefault="00D03FD4" w:rsidP="00BD0A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54E3B47D" w14:textId="77777777" w:rsidR="00BD0A0D" w:rsidRDefault="00BD0A0D" w:rsidP="00BD0A0D">
+    <w:p w14:paraId="3ECF8502" w14:textId="77777777" w:rsidR="00D03FD4" w:rsidRDefault="00D03FD4" w:rsidP="00BD0A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="36EF002E" w14:textId="77777777" w:rsidR="00BD0A0D" w:rsidRDefault="00BD0A0D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:caps/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:caps/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
@@ -4939,76 +4875,76 @@
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="09E6A2FB" w14:textId="77777777" w:rsidR="00BD0A0D" w:rsidRDefault="00BD0A0D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12EA1A55" w14:textId="77777777" w:rsidR="00BD0A0D" w:rsidRDefault="00BD0A0D" w:rsidP="00BD0A0D">
+    <w:p w14:paraId="784F02D8" w14:textId="77777777" w:rsidR="00D03FD4" w:rsidRDefault="00D03FD4" w:rsidP="00BD0A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E5795F9" w14:textId="77777777" w:rsidR="00BD0A0D" w:rsidRDefault="00BD0A0D" w:rsidP="00BD0A0D">
+    <w:p w14:paraId="7C74CE8B" w14:textId="77777777" w:rsidR="00D03FD4" w:rsidRDefault="00D03FD4" w:rsidP="00BD0A0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02517C7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AF0C358"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6013,169 +5949,175 @@
   <w:num w:numId="3" w16cid:durableId="85276999">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1040861939">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="801925890">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1604846207">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="332027863">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2146775396">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1811048908">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB4DA2"/>
     <w:rsid w:val="000B40F5"/>
     <w:rsid w:val="000C7AFC"/>
     <w:rsid w:val="000F57C1"/>
     <w:rsid w:val="00130350"/>
+    <w:rsid w:val="0019033A"/>
     <w:rsid w:val="001E194D"/>
     <w:rsid w:val="001E3401"/>
     <w:rsid w:val="001F2EE6"/>
     <w:rsid w:val="00223C8D"/>
     <w:rsid w:val="00242E0F"/>
     <w:rsid w:val="002D5F4B"/>
     <w:rsid w:val="002F1FAD"/>
+    <w:rsid w:val="003402C0"/>
     <w:rsid w:val="00383CBB"/>
     <w:rsid w:val="00395A34"/>
     <w:rsid w:val="003C071F"/>
     <w:rsid w:val="003E08BF"/>
     <w:rsid w:val="003E546D"/>
     <w:rsid w:val="003E6CCE"/>
     <w:rsid w:val="004956C9"/>
     <w:rsid w:val="0051313A"/>
     <w:rsid w:val="00536335"/>
     <w:rsid w:val="00543B0C"/>
     <w:rsid w:val="0055244D"/>
     <w:rsid w:val="00593730"/>
     <w:rsid w:val="005A515F"/>
     <w:rsid w:val="00612F22"/>
     <w:rsid w:val="006255C7"/>
     <w:rsid w:val="00630D71"/>
     <w:rsid w:val="00646801"/>
     <w:rsid w:val="00647ABD"/>
     <w:rsid w:val="00697E98"/>
     <w:rsid w:val="007477D1"/>
     <w:rsid w:val="007C5BC4"/>
     <w:rsid w:val="008321A0"/>
     <w:rsid w:val="00870665"/>
     <w:rsid w:val="00926CF6"/>
     <w:rsid w:val="00946C10"/>
     <w:rsid w:val="00974377"/>
     <w:rsid w:val="00982102"/>
     <w:rsid w:val="009C6F40"/>
     <w:rsid w:val="009E606B"/>
     <w:rsid w:val="00A15F9B"/>
     <w:rsid w:val="00A213AF"/>
+    <w:rsid w:val="00A22960"/>
     <w:rsid w:val="00A614ED"/>
     <w:rsid w:val="00A6458A"/>
+    <w:rsid w:val="00A771D4"/>
+    <w:rsid w:val="00AA2167"/>
     <w:rsid w:val="00AF6C26"/>
     <w:rsid w:val="00B066A7"/>
     <w:rsid w:val="00B80808"/>
     <w:rsid w:val="00BB4DA2"/>
     <w:rsid w:val="00BB60EA"/>
     <w:rsid w:val="00BB7D6B"/>
     <w:rsid w:val="00BC0C9A"/>
     <w:rsid w:val="00BD0A0D"/>
     <w:rsid w:val="00BF2902"/>
     <w:rsid w:val="00C222D8"/>
     <w:rsid w:val="00C60D9A"/>
     <w:rsid w:val="00C93384"/>
     <w:rsid w:val="00CF2777"/>
+    <w:rsid w:val="00D03FD4"/>
     <w:rsid w:val="00D216EA"/>
     <w:rsid w:val="00DD16F6"/>
     <w:rsid w:val="00E90892"/>
     <w:rsid w:val="00EF10CE"/>
     <w:rsid w:val="00EF17DD"/>
     <w:rsid w:val="00F130AB"/>
     <w:rsid w:val="00F50B03"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="554DE2E4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2B640C12-C572-B446-8E56-1AC098252890}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-CA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6249,94 +6191,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -6838,86 +6784,86 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BD0A0D"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00926CF6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="145897789">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2056470134">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/student-experience/contact-us/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/international-education/orientation" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../SUPPORTING%20STUDENTS%20TAB/FrostFall2019NEWProgram%20info%20(1).docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:it@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mycampus.flemingcollege.ca/group/portal/student-life-staff-only-resources" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../SUPPORTING%20STUDENTS%20TAB/web2019%20(1).docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/student-experience/orientation" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/international-education/orientation" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mycampus.flemingcollege.ca/group/portal/student-life-staff-only-resources" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/international-education/orientation" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/international-education/orientation" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/student-experience/contact-us/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/orientation-events/haliburton-orientation" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mycampus.flemingcollege.ca/group/portal/student-life-staff-only-resources" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mycampus.flemingcollege.ca/group/portal/student-life-staff-only-resources" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/international-education/orientation" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/student-experience/orientation" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/international-education/orientation" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/international-education/orientation" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/international-education/orientation" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/orientation-events/frost-orientation" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:it@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/orientation-events" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/orientation-events/sutherland-orientation" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7175,70 +7121,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>15941</Characters>
+  <Pages>5</Pages>
+  <Words>2699</Words>
+  <Characters>15307</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>132</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>228</Lines>
+  <Paragraphs>102</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18700</CharactersWithSpaces>
+  <CharactersWithSpaces>17904</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tanya Pye</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>