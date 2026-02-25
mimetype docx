--- v0 (2025-10-17)
+++ v1 (2026-02-25)
@@ -1,5666 +1,4679 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="08C4F48C" w14:textId="06E64E85" w:rsidR="00C275EA" w:rsidRDefault="00C275EA">
-[...20 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="672A6659" w14:textId="2D5B85CA" w:rsidR="00D46DD9" w:rsidRPr="004A0B5E" w:rsidRDefault="001C256D" w:rsidP="008671DD">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:sectPr w:rsidR="00D46DD9" w:rsidRPr="004A0B5E" w:rsidSect="00F731B3">
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:footerReference w:type="first" r:id="rId11"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk124348576"/>
       <w:r>
-        <w:rPr>
-[...58 lines deleted...]
-      <w:r w:rsidRPr="0032717A">
+        <w:pict w14:anchorId="7AEE91C7">
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Icon&#10;&#10;Description automatically generated with low confidence" style="width:15pt;height:13.5pt;visibility:visible;mso-wrap-style:square">
+            <v:imagedata r:id="rId12" o:title="Icon&#10;&#10;Description automatically generated with low confidence"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="005F0D8B">
+        <w:t>On-</w:t>
+      </w:r>
+      <w:r w:rsidR="00001091">
+        <w:t>Boarding of New Hires</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76AAB">
+        <w:t xml:space="preserve"> Tip Sheet</w:t>
+      </w:r>
+      <w:r w:rsidR="008671DD" w:rsidRPr="0032717A">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4524E244" wp14:editId="330914A9">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5260E024" wp14:editId="698395D9">
             <wp:extent cx="193675" cy="172085"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="5" name="Picture 5" descr="Icon&#10;&#10;Description automatically generated with low confidence"/>
+            <wp:docPr id="4" name="Picture 4" descr="Icon&#10;&#10;Description automatically generated with low confidence"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="Icon&#10;&#10;Description automatically generated with low confidence"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="193675" cy="172085"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="66978373" w14:textId="340940AE" w:rsidR="006C73E2" w:rsidRDefault="006C73E2" w:rsidP="006C73E2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:i/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">In addition to meeting with individual students and faculty, Coordinators commonly conduct meetings with their program and/or discipline/subject area teams.  Common meeting purposes typically fall into two categories; information sharing and working.  Here are some guidelines and examples for scheduling, facilitating, and documenting team meetings.  These guidelines and examples </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009F7606">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A7299AE" w14:textId="6F07603B" w:rsidR="003220EB" w:rsidRDefault="001158B8" w:rsidP="008E6D21">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:i/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>can also be</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="007A5F34">
         <w:rPr>
-          <w:i/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve"> adapted to any meetings Coordinators may organize and facilitate within Fleming College or outside such as academia and industry.   </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>As the key point of con</w:t>
+      </w:r>
+      <w:r w:rsidR="006D30BF" w:rsidRPr="007A5F34">
         <w:rPr>
-          <w:color w:val="6FAC46"/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00076B05">
+        <w:t>tact</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5E1C" w:rsidRPr="007A5F34">
         <w:rPr>
-          <w:b w:val="0"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t>Pre-Meeting Preparation</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>, C</w:t>
+      </w:r>
+      <w:r w:rsidR="00001091">
         <w:rPr>
-          <w:b w:val="0"/>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-      <w:r>
+        <w:t>oordinators are tasked with some of the orientation of newly hired faculty for their program or discipline/subject area</w:t>
+      </w:r>
+      <w:r w:rsidR="006D30BF" w:rsidRPr="007A5F34">
         <w:rPr>
-          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
-[...324 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...66 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="00AC530F">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009F7606">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00001091">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...21 lines deleted...]
-      <w:r>
+        <w:t>Here are some</w:t>
+      </w:r>
+      <w:r w:rsidR="006717FD">
         <w:rPr>
-          <w:noProof/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...658 lines deleted...]
-      <w:r w:rsidR="00A807A2">
+        <w:t xml:space="preserve"> suggested items </w:t>
+      </w:r>
+      <w:r w:rsidR="00001091">
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">Go to your email&gt;click on the Calendar icon at the bottom of the page… </w:t>
-[...11 lines deleted...]
-      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="006717FD">
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">Select the Home tab&gt;click on the New Meeting image… </w:t>
-[...7 lines deleted...]
-      <w:r>
+        <w:t>hat Coordinators can cover with new faculty upon arrival</w:t>
+      </w:r>
+      <w:r w:rsidR="009F51BF">
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Emphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1296 lines deleted...]
-    <w:p w14:paraId="32D0FFFA" w14:textId="77777777" w:rsidR="00A43550" w:rsidRDefault="00A807A2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765C774F" w14:textId="61515C92" w:rsidR="00682ED6" w:rsidRDefault="006F39AC" w:rsidP="00682ED6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:ind w:left="12"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002E0731">
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C65EF2">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:highlight w:val="black"/>
         </w:rPr>
-        <w:t>Conducting Meetings with your Team</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0FC7">
         <w:rPr>
-          <w:sz w:val="22"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC63C2" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="17" w:firstLine="0"/>
+      <w:r w:rsidR="003012B2" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t>General “</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t>Need-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76AAB" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76AAB" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t>Know</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="003012B2" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for New Hires</w:t>
+      </w:r>
+      <w:r w:rsidR="003012B2" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0E12" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t>there are more</w:t>
+      </w:r>
+      <w:r w:rsidR="003012B2" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t>, but let’s not overwhelm them</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0E12" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65EF2" w:rsidRPr="00C65EF2">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFECA79" w14:textId="137A087D" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...49 lines deleted...]
-        <w:r w:rsidRPr="002E0731">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="006717FD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:i/>
           </w:rPr>
-          <w:t>Procedure # HRF-001:  Coordinators - Program and Discipline/Subject</w:t>
+          <w:t>Human Resources Department</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> website and where the office is physically located (Sutherland Campus, Room B3112).  New faculty often have inquiries related to their pay, contract, responsibilities, benefits, accommodations, professional development, etc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="190A3F45" w14:textId="77777777" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="10152" w:right="-14" w:firstLine="0"/>
-[...78 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="714"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4466B47A" w14:textId="77777777" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:spacing w:after="113" w:line="262" w:lineRule="auto"/>
-        <w:ind w:hanging="360"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...103 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Organizational structure of your School and program or discipline/subject area so new faculty have a sense of who they report to, acquire supervision from, and access information. Although people change positions, most School departmental websites provide a current list of the support staff, full-time faculty by program and discipline/subject area, and management and how they can be contacted.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15735C92" w14:textId="1C6D89A7" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D8ECC8E" w14:textId="2F7096BF" w:rsidR="00357157" w:rsidRDefault="00746719" w:rsidP="00357157">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:spacing w:after="113" w:line="262" w:lineRule="auto"/>
-        <w:ind w:hanging="360"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="006717FD">
+        <w:t xml:space="preserve">he Coordinator role.  New faculty often will seek you out thinking you are in a position to make decisions related to their teaching (academic integrity, grades, student conduct, complaints by students, etc.).  Make sure to go over with them that your main position is as an advisor of processes, information and supports to students, faculty and management.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D53D789" w14:textId="77777777" w:rsidR="00317A39" w:rsidRDefault="00317A39" w:rsidP="00317A39">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FA45EB8" w14:textId="77777777" w:rsidR="00FB0E12" w:rsidRDefault="00317A39" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:spacing w:after="56"/>
-[...128 lines deleted...]
-        <w:r>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="009C1B98">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Academic Issue Resolution</w:t>
-[...4 lines deleted...]
-          <w:t xml:space="preserve"> </w:t>
+          <w:t>The Academic Schedule</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">steps and </w:t>
-[...2 lines deleted...]
-        <w:r>
+        <w:t>.  New faculty can then check for important dates related to beginning and ending of semesters, withdrawal d</w:t>
+      </w:r>
+      <w:r w:rsidR="00110B8C">
+        <w:t xml:space="preserve">ates, statutory holidays, etc. for their own planning.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD2B2D5" w14:textId="77777777" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="299815F5" w14:textId="6C86EDB9" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">How to organize parking using the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="007664DC">
           <w:rPr>
-            <w:i/>
-[...1 lines deleted...]
-            <w:u w:val="single" w:color="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Policy #5-506 Student</w:t>
-[...26 lines deleted...]
-          <w:t xml:space="preserve"> </w:t>
+          <w:t>Online Parking Portal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A8F2568" w14:textId="77777777" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15468F9C" w14:textId="5685378E" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:r>
+        <w:t>How to obtain a</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98">
+        <w:t xml:space="preserve"> username, password, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">access card and keys for </w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98">
+        <w:t xml:space="preserve">the MyCampus portal as well as for </w:t>
+      </w:r>
+      <w:r>
+        <w:t>work spaces, classrooms, etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98" w:rsidRPr="009C1B98">
         <w:rPr>
-          <w:i/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t>New faculty must have their HR paperwork submitted first before these items can be obtained</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98">
+        <w:t xml:space="preserve">.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFD8C57" w14:textId="77777777" w:rsidR="00BB0FC7" w:rsidRDefault="00BB0FC7" w:rsidP="00BB0FC7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FB132FA" w14:textId="2BDF0B0A" w:rsidR="00BB0FC7" w:rsidRDefault="00BB0FC7" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">within the </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="002E0731">
+        <w:t xml:space="preserve">How to obtain a pass card by using </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00BB0FC7">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-            <w:u w:val="single" w:color="95A9A9"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Student Rights and Responsibilities</w:t>
+          <w:t>On</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="00BB0FC7">
           <w:rPr>
-            <w:color w:val="95A9A9"/>
-            <w:u w:val="single" w:color="95A9A9"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
+          <w:t>e</w:t>
         </w:r>
-      </w:hyperlink>
-[...2 lines deleted...]
-          <w:t>w</w:t>
+        <w:r w:rsidRPr="00BB0FC7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Card</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">ebsite. </w:t>
-[...5 lines deleted...]
-        <w:ind w:left="17" w:firstLine="0"/>
+        <w:t xml:space="preserve"> so that they can access a physical worksite, some classrooms, and other employee only spaces at Fleming College.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9B98CD" w14:textId="77777777" w:rsidR="00940117" w:rsidRDefault="00940117" w:rsidP="00940117">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AD48193" w14:textId="48D5AFB8" w:rsidR="00940117" w:rsidRDefault="00940117" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Contact information of other faculty if the new faculty is teaching a course with more than one person assigned to teach.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0004AD" w14:textId="77777777" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+          <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>☐</w:t>
-[...182 lines deleted...]
-        <w:r w:rsidRPr="00B57E21">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B78F9FF" w14:textId="4156D387" w:rsidR="00110B8C" w:rsidRDefault="00110B8C" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00110B8C">
           <w:rPr>
-            <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-            <w:u w:val="single" w:color="95A9A9"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Office 365</w:t>
+          <w:t>Academic and Studen</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00110B8C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>t</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00110B8C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Advisement</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId36">
-        <w:r w:rsidRPr="00B57E21">
+      <w:r w:rsidR="009C1B98">
+        <w:t xml:space="preserve"> website.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  Although this is mor</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98">
+        <w:t xml:space="preserve">e of a guide for students, the information and diagrams </w:t>
+      </w:r>
+      <w:r>
+        <w:t>can be used as a way to prepare new faculty about the processes that students are recommended to use when they have concerns about grades, course content, and program-related concerns.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26097164" w14:textId="77777777" w:rsidR="006F39AC" w:rsidRDefault="006F39AC" w:rsidP="006F39AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71D81CD5" w14:textId="79F36901" w:rsidR="006F39AC" w:rsidRDefault="006F39AC" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="006F39AC">
           <w:rPr>
-            <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
+          <w:t xml:space="preserve">Accessible Education Services </w:t>
         </w:r>
-      </w:hyperlink>
-[...1 lines deleted...]
-        <w:r w:rsidRPr="00B57E21">
+        <w:r w:rsidRPr="006F39AC">
           <w:rPr>
-            <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-            <w:u w:val="single" w:color="95A9A9"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>applications</w:t>
+          <w:t>w</w:t>
         </w:r>
-      </w:hyperlink>
-[...2 lines deleted...]
-          <w:t xml:space="preserve"> </w:t>
+        <w:r w:rsidRPr="006F39AC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ebsite resources tab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">such as Sharepoint, OneNote, Teams, and Groups; requesting a D2L Program or Discipline/Subject Area page be set-up; or using Fleming’s shared directory.   </w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00085D45">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65EF2" w:rsidRPr="00085D45">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Users G</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65EF2" w:rsidRPr="00085D45">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65EF2" w:rsidRPr="00085D45">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ide to AES</w:t>
+      </w:r>
       <w:r>
+        <w:t xml:space="preserve"> is particularly useful for learning about the Accommodation Process.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0D607B" w14:textId="77777777" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="348BBB6D" w14:textId="35FA5664" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Location of shared faculty work spaces (if it is a new contract faculty versus a new full-time faculty) on your campus and possibly other campuses if the new faculty is teaching in multiple Fleming locations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D8D323" w14:textId="77777777" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FD11238" w14:textId="285E0AE1" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">How to find their timetable using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C1B98">
         <w:rPr>
-          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>☐</w:t>
+        <w:t>Faculty Centre</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Be respectful of people’s level of engagement and participation in team meetings; focus on how all individual faculty contributions strengthen the team and overall goals.   </w:t>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> in Evolve</w:t>
+      </w:r>
+      <w:r w:rsidR="00F731B3">
+        <w:t xml:space="preserve"> which will include the term/semester, course titles, course codes, delivery modes, section #’s, rooms/spaces assigned, class dates, and lists of students enrolled.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD6A64F" w14:textId="3267BB14" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C102441" w14:textId="77777777" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>How to access their course materials, textbooks, software, equipment, and supplies etc. in order to teach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224BAA7B" w14:textId="77777777" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E38C98" w14:textId="34481310" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>How to order a desk copy of a textbook.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C958EBE" w14:textId="15083631" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2091DBAD" w14:textId="6BD053D5" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>How to put textbooks on reserve in the Library.  The physical locations of the libraries are at Sutherland and Frost Campuses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A54EB9" w14:textId="7CF6B814" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EC9BEA3" w14:textId="13A5A0D9" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98">
+        <w:t xml:space="preserve">health and safety protocols for labs, equipment, supplies and the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>location of rooms w</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98">
+        <w:t xml:space="preserve">here all things are </w:t>
+      </w:r>
+      <w:r>
+        <w:t>stored for your program or discipline/subject area.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E77DAD" w14:textId="77777777" w:rsidR="006F39AC" w:rsidRDefault="006F39AC" w:rsidP="006F39AC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5418674B" w14:textId="1CC0B628" w:rsidR="006F39AC" w:rsidRDefault="006F39AC" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">How to reach </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="006F39AC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Sec</w:t>
+        </w:r>
+        <w:r w:rsidRPr="006F39AC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>u</w:t>
+        </w:r>
+        <w:r w:rsidRPr="006F39AC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>rity</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.  In an emergency on-campus dial – 4444 and for on-campus assistance dial – 8000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70968B42" w14:textId="05956046" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25ECA982" w14:textId="5600D453" w:rsidR="009C1B98" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">How to access course outlines and D2L using the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00F520B0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Course Outline T</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F520B0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00F520B0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>aining Guides and Resources</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00C65EF2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Brightspace D2L Training Resources</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> after they have received their username and password.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D37E62B" w14:textId="77777777" w:rsidR="009C1B98" w:rsidRDefault="009C1B98" w:rsidP="009C1B98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="190CD6DC" w14:textId="5D9605C6" w:rsidR="009C1B98" w:rsidRDefault="009C1B98" w:rsidP="009C1B98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="0073638B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Learning Design and Suppor</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0073638B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>t</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0073638B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Team</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> website and email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="007670E0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>LDSTeam@flemingcollege.ca</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> for faculty development, help with D2L and TurnitIn as well as integrating technology into courses, and course/curriculum development.  In addition, mention the professional development opportunities and small workshops offered by the LDS Team to help with set-up of courses and ongoing learning and teaching.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E899CBF" w14:textId="77777777" w:rsidR="00940117" w:rsidRDefault="00940117" w:rsidP="00940117">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1455DBFC" w14:textId="2F88D212" w:rsidR="00FB0E12" w:rsidRDefault="00940117" w:rsidP="009C1B98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Program and/or discipline/subject team expectations regarding course outlines and curriculum.  Ie. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F731B3">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r>
+        <w:t>o ensure consistency, any changes (content, supporting material, due dates, how tests are administered, etc.) need to be discussed with the other faculty teaching the same course or with the team and Coordinator if they are the only faculty teaching it prior.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F02CF65" w14:textId="121234C4" w:rsidR="009C1B98" w:rsidRDefault="009C1B98" w:rsidP="009C1B98">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C820BDA" w14:textId="52586100" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Overview of policies and procedures, especially any course specific items to ensure consistency be</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03D7D">
+        <w:t xml:space="preserve">tween </w:t>
+      </w:r>
+      <w:r>
+        <w:t>faculty.  Ie. Response time to student communications is 2 business days (48 hours); late assignments are penalized 10% for the first 3 days and then after will receive a grade of 0; electronic device use in the classroom, marks will be returned to students within two weeks of submission; etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45472B0B" w14:textId="58BDCE26" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F88EF5D" w14:textId="4B83CE24" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ov</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98">
+        <w:t xml:space="preserve">erview of classroom protocols.  Ie. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C1B98">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>arrive and end class at 10 minutes to the hour; for a class that is more than 1 hour, ensure there is a 10 minute break</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74350EE8" w14:textId="77777777" w:rsidR="00B05512" w:rsidRDefault="00B05512" w:rsidP="00B05512">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A882661" w14:textId="41F840C1" w:rsidR="00B05512" w:rsidRDefault="00B05512" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Overview of WebEx and Teams online platforms which are used for professional meetings and also for some teaching.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C058D2" w14:textId="77777777" w:rsidR="00FB0E12" w:rsidRDefault="00FB0E12" w:rsidP="00FB0E12">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33941E6F" w14:textId="697F209F" w:rsidR="00940117" w:rsidRDefault="00BC63C2" w:rsidP="00940117">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00BC63C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Information </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC63C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>T</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC63C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>echnology Services</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="12"/>
+      <w:r w:rsidR="007664DC">
+        <w:t xml:space="preserve">website and using the ticket system to request </w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B98">
+        <w:t xml:space="preserve">classroom, office, and from home </w:t>
+      </w:r>
+      <w:r w:rsidR="007664DC">
+        <w:t>technical support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43338D8A" w14:textId="77777777" w:rsidR="00940117" w:rsidRDefault="00940117" w:rsidP="00940117">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D44E9CC" w14:textId="04EF306C" w:rsidR="00940117" w:rsidRPr="00940117" w:rsidRDefault="00110B8C" w:rsidP="00940117">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B57E21">
+      <w:r>
+        <w:t>Location of shared spaces to meet with students.  Depending upon the campus</w:t>
+      </w:r>
+      <w:r w:rsidR="0038025C">
+        <w:t xml:space="preserve">, there may be areas that new faculty can use more informally or on short notice with students and other spaces for more formal meetings that require </w:t>
+      </w:r>
+      <w:r w:rsidR="0027265E">
+        <w:t>organization through</w:t>
+      </w:r>
+      <w:r w:rsidR="00392B8B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="00392B8B" w:rsidRPr="0027265E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>BOOKIT@FLEMING</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4C6B3C45" w14:textId="77777777" w:rsidR="00940117" w:rsidRDefault="00940117" w:rsidP="00940117">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="275CA68F" w14:textId="1356696A" w:rsidR="00940117" w:rsidRDefault="00D10F9A" w:rsidP="009C1B98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Location of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC63C2">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00564707">
+        <w:t>Staff L</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ounge</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC63C2">
+        <w:t xml:space="preserve"> on your campus and perhaps at other</w:t>
+      </w:r>
+      <w:r w:rsidR="00564707">
+        <w:t xml:space="preserve"> campuses if the new faculty is teaching in multiple Fleming locations.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC63C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFBFA4B" w14:textId="77777777" w:rsidR="00940117" w:rsidRDefault="00940117" w:rsidP="00940117">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="317F70FA" w14:textId="10AE4C16" w:rsidR="006E4E6E" w:rsidRPr="00B76AAB" w:rsidRDefault="00E969CF" w:rsidP="00E969CF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="00E969CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Class Cancellation/Facu</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E969CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>l</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E969CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ty Absenteeism Policy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085D45">
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-          <w:highlight w:val="black"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
-        <w:t>Additional Meeting Notes Template</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B57E21">
+        <w:t>How-to Guide fo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085D45">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085D45">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cancelling or Delaying a Class</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...1394 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId41"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F731B3">
+        <w:t xml:space="preserve"> This information is available when the faculty goes to Faculty Centre&gt;Class Cancellation button at the top of the page.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="006E4E6E" w:rsidRPr="00B76AAB" w:rsidSect="00F731B3">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="326" w:right="468" w:bottom="362" w:left="437" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43D5CDF3" w14:textId="77777777" w:rsidR="001E2822" w:rsidRDefault="00A807A2">
+    <w:p w14:paraId="6305812E" w14:textId="77777777" w:rsidR="004E7C1D" w:rsidRDefault="004E7C1D" w:rsidP="006C73E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="596B8366" w14:textId="77777777" w:rsidR="001E2822" w:rsidRDefault="00A807A2">
+    <w:p w14:paraId="73414625" w14:textId="77777777" w:rsidR="004E7C1D" w:rsidRDefault="004E7C1D" w:rsidP="006C73E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="16C32B1C" w14:textId="77777777" w:rsidR="004E7C1D" w:rsidRDefault="004E7C1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...23 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="747A4D84" w14:textId="77777777" w:rsidR="00A43550" w:rsidRDefault="00A807A2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3BA1E983" w14:textId="0E556CC9" w:rsidR="006C73E2" w:rsidRDefault="006C73E2">
     <w:pPr>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="32" w:firstLine="0"/>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+      </w:tabs>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:caps/>
+        <w:noProof/>
+        <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:caps/>
+        <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
+      <w:rPr>
+        <w:caps/>
+        <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
+      <w:rPr>
+        <w:caps/>
+        <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="006F39AC">
+      <w:rPr>
+        <w:caps/>
+        <w:noProof/>
+        <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
+      <w:rPr>
+        <w:caps/>
+        <w:noProof/>
+        <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="12FCA9EE" w14:textId="77777777" w:rsidR="00A43550" w:rsidRDefault="00A807A2">
+  <w:p w14:paraId="6C8F84ED" w14:textId="77777777" w:rsidR="006C73E2" w:rsidRDefault="006C73E2">
     <w:pPr>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="17" w:firstLine="0"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3479630C" w14:textId="77777777" w:rsidR="00A43550" w:rsidRDefault="00A807A2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="33B07FAC" w14:textId="71527C4F" w:rsidR="00F731B3" w:rsidRDefault="00F731B3">
     <w:pPr>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="32" w:firstLine="0"/>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+      </w:tabs>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:caps/>
+        <w:noProof/>
+        <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...16 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="2FD98C6B" w14:textId="77777777" w:rsidR="00A43550" w:rsidRDefault="00A807A2">
+  <w:p w14:paraId="02C0A617" w14:textId="77777777" w:rsidR="00F731B3" w:rsidRDefault="00F731B3">
     <w:pPr>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-[...14 lines deleted...]
-      <w:ind w:left="0" w:firstLine="0"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D204293" w14:textId="77777777" w:rsidR="001E2822" w:rsidRDefault="00A807A2">
+    <w:p w14:paraId="37A23E30" w14:textId="77777777" w:rsidR="004E7C1D" w:rsidRDefault="004E7C1D" w:rsidP="006C73E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E3BED78" w14:textId="77777777" w:rsidR="001E2822" w:rsidRDefault="00A807A2">
+    <w:p w14:paraId="201C45A5" w14:textId="77777777" w:rsidR="004E7C1D" w:rsidRDefault="004E7C1D" w:rsidP="006C73E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="173752D6" w14:textId="77777777" w:rsidR="004E7C1D" w:rsidRDefault="004E7C1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype w14:anchorId="7AEE91C7" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="Picture 1" o:spid="_x0000_i1025" type="#_x0000_t75" alt="Icon&#10;&#10;Description automatically generated with low confidence" style="width:15pt;height:13.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title="Icon&#10;&#10;Description automatically generated with low confidence"/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="125042B3"/>
+    <w:nsid w:val="02800D72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="27D6A3BE"/>
-[...213 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+    <w:tmpl w:val="4D44AF5A"/>
+    <w:lvl w:ilvl="0" w:tplc="7694874E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="24271A1B"/>
+    <w:nsid w:val="0DD56557"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6EA8BD36"/>
-    <w:lvl w:ilvl="0" w:tplc="67B88618">
+    <w:tmpl w:val="C5E8F9AA"/>
+    <w:lvl w:ilvl="0" w:tplc="7694874E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="722"/>
-[...16 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="AA5AE7B2">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1457"/>
-[...62 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="BDE48486">
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600"/>
-[...62 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="64AC9B3E">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760"/>
-[...36 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1171483220">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0EB577C6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6AC6BBEC"/>
+    <w:lvl w:ilvl="0" w:tplc="4906D8F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16666B34"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0EF2C1FC"/>
+    <w:lvl w:ilvl="0" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C1161FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="308AA632"/>
+    <w:lvl w:ilvl="0" w:tplc="47809086">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▫"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="071AE7FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B4FA666E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="EA22BBAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3F4A636A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="67385536">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8F24FA14">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="76B6817A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AF667982">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DAE6069"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="89982694"/>
+    <w:lvl w:ilvl="0" w:tplc="7694874E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E483899"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EE456B0"/>
+    <w:lvl w:ilvl="0" w:tplc="1009000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31281B09"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BAB0A6C2"/>
+    <w:lvl w:ilvl="0" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3914784D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B99AB8BE"/>
+    <w:lvl w:ilvl="0" w:tplc="E4AC3C9A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="64A0E3A4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8D44DDE0" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7CA42DA8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FDA8A89E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="23DCF92C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BC3E133C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="57746952" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E4AE9726" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D923A37"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="03C2A09A"/>
+    <w:lvl w:ilvl="0" w:tplc="7694874E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45CB3ABA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DBDAFE8C"/>
+    <w:lvl w:ilvl="0" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="496B4CDB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82266FE2"/>
+    <w:lvl w:ilvl="0" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="507558B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ADFAC2C8"/>
+    <w:lvl w:ilvl="0" w:tplc="4906D8F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53315898"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D42C2902"/>
+    <w:lvl w:ilvl="0" w:tplc="7694874E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57093035"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BCF0EE0A"/>
+    <w:lvl w:ilvl="0" w:tplc="7694874E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FAF0018"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EE456B0"/>
+    <w:lvl w:ilvl="0" w:tplc="1009000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="628D0909"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B418AC20"/>
+    <w:lvl w:ilvl="0" w:tplc="4906D8F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68194EEF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2161308"/>
+    <w:lvl w:ilvl="0" w:tplc="835022DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0EC296BC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="46C201D4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="65E0E336" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="49BE6D12" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C4929DC8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="ACE421EE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F77A9C52" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="83142E56" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68640706"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A44A3484"/>
+    <w:lvl w:ilvl="0" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FD75137"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="84F8BB3E"/>
+    <w:lvl w:ilvl="0" w:tplc="7694874E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E752D34"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="258CEE3A"/>
+    <w:lvl w:ilvl="0" w:tplc="10090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F971B25"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A78C2D04"/>
+    <w:lvl w:ilvl="0" w:tplc="4906D8F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="10090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1038356154">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="70351798">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="29958921">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="626858631">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="607154771">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1995179545">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="654065976">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="891891149">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1609116465">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="9" w16cid:durableId="1681078896">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1750040133">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="542403755">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1342471796">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1185821469">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1941452985">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1492797712">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="751244366">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1070231506">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="425081484">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1124495038">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="964852251">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="107506987">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="449784482">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A43550"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00F033F1"/>
+    <w:rsidRoot w:val="00D46DD9"/>
+    <w:rsid w:val="00001091"/>
+    <w:rsid w:val="000129D1"/>
+    <w:rsid w:val="00021DB7"/>
+    <w:rsid w:val="00030A88"/>
+    <w:rsid w:val="000361FD"/>
+    <w:rsid w:val="00041509"/>
+    <w:rsid w:val="00041885"/>
+    <w:rsid w:val="00042823"/>
+    <w:rsid w:val="00043DB8"/>
+    <w:rsid w:val="00050C8B"/>
+    <w:rsid w:val="00056215"/>
+    <w:rsid w:val="0005667C"/>
+    <w:rsid w:val="00057495"/>
+    <w:rsid w:val="00060E31"/>
+    <w:rsid w:val="00063AD2"/>
+    <w:rsid w:val="00063E86"/>
+    <w:rsid w:val="0008304C"/>
+    <w:rsid w:val="00085D45"/>
+    <w:rsid w:val="000A7101"/>
+    <w:rsid w:val="000B159F"/>
+    <w:rsid w:val="000B251D"/>
+    <w:rsid w:val="000B3A10"/>
+    <w:rsid w:val="000C2436"/>
+    <w:rsid w:val="000C37F8"/>
+    <w:rsid w:val="000C6494"/>
+    <w:rsid w:val="000D27BD"/>
+    <w:rsid w:val="000E01ED"/>
+    <w:rsid w:val="000F09A5"/>
+    <w:rsid w:val="00104321"/>
+    <w:rsid w:val="0010491C"/>
+    <w:rsid w:val="001066B9"/>
+    <w:rsid w:val="00107CE3"/>
+    <w:rsid w:val="001101F8"/>
+    <w:rsid w:val="00110B8C"/>
+    <w:rsid w:val="001135C7"/>
+    <w:rsid w:val="00114560"/>
+    <w:rsid w:val="001158B8"/>
+    <w:rsid w:val="00121838"/>
+    <w:rsid w:val="00135881"/>
+    <w:rsid w:val="00144CC9"/>
+    <w:rsid w:val="0016038A"/>
+    <w:rsid w:val="0018110F"/>
+    <w:rsid w:val="00187E89"/>
+    <w:rsid w:val="00190BBC"/>
+    <w:rsid w:val="00194702"/>
+    <w:rsid w:val="00195D6C"/>
+    <w:rsid w:val="001B3C76"/>
+    <w:rsid w:val="001B6F72"/>
+    <w:rsid w:val="001C014D"/>
+    <w:rsid w:val="001C10F3"/>
+    <w:rsid w:val="001C1A90"/>
+    <w:rsid w:val="001C256D"/>
+    <w:rsid w:val="001C4393"/>
+    <w:rsid w:val="001C6D6D"/>
+    <w:rsid w:val="001C75DE"/>
+    <w:rsid w:val="001D0CC0"/>
+    <w:rsid w:val="001D3D25"/>
+    <w:rsid w:val="001D411E"/>
+    <w:rsid w:val="001D76C8"/>
+    <w:rsid w:val="001E7869"/>
+    <w:rsid w:val="00203C57"/>
+    <w:rsid w:val="00203D55"/>
+    <w:rsid w:val="00211005"/>
+    <w:rsid w:val="002211DA"/>
+    <w:rsid w:val="00226A5F"/>
+    <w:rsid w:val="002363D1"/>
+    <w:rsid w:val="00236572"/>
+    <w:rsid w:val="00251012"/>
+    <w:rsid w:val="0026103C"/>
+    <w:rsid w:val="002620F1"/>
+    <w:rsid w:val="00262906"/>
+    <w:rsid w:val="00265E91"/>
+    <w:rsid w:val="0027265E"/>
+    <w:rsid w:val="00274862"/>
+    <w:rsid w:val="00274C01"/>
+    <w:rsid w:val="00283599"/>
+    <w:rsid w:val="002837E3"/>
+    <w:rsid w:val="00291B05"/>
+    <w:rsid w:val="00292184"/>
+    <w:rsid w:val="002A4D4F"/>
+    <w:rsid w:val="002B3DCB"/>
+    <w:rsid w:val="002D5344"/>
+    <w:rsid w:val="002D7342"/>
+    <w:rsid w:val="002D7C47"/>
+    <w:rsid w:val="002E1AFD"/>
+    <w:rsid w:val="002E5808"/>
+    <w:rsid w:val="002F5186"/>
+    <w:rsid w:val="002F68C4"/>
+    <w:rsid w:val="003012B2"/>
+    <w:rsid w:val="0030196B"/>
+    <w:rsid w:val="00317A39"/>
+    <w:rsid w:val="003220EB"/>
+    <w:rsid w:val="00330488"/>
+    <w:rsid w:val="00331EC8"/>
+    <w:rsid w:val="003358B7"/>
+    <w:rsid w:val="003428ED"/>
+    <w:rsid w:val="003512F8"/>
+    <w:rsid w:val="0035242C"/>
+    <w:rsid w:val="0035371A"/>
+    <w:rsid w:val="00355442"/>
+    <w:rsid w:val="00357157"/>
+    <w:rsid w:val="00375675"/>
+    <w:rsid w:val="00376D21"/>
+    <w:rsid w:val="0038025C"/>
+    <w:rsid w:val="00380977"/>
+    <w:rsid w:val="003901A9"/>
+    <w:rsid w:val="0039023D"/>
+    <w:rsid w:val="0039246E"/>
+    <w:rsid w:val="00392B8B"/>
+    <w:rsid w:val="0039344F"/>
+    <w:rsid w:val="0039584F"/>
+    <w:rsid w:val="003A6CF0"/>
+    <w:rsid w:val="003A79A1"/>
+    <w:rsid w:val="003B0925"/>
+    <w:rsid w:val="003B6ED8"/>
+    <w:rsid w:val="003C6152"/>
+    <w:rsid w:val="003E1E39"/>
+    <w:rsid w:val="003E67FC"/>
+    <w:rsid w:val="003E6930"/>
+    <w:rsid w:val="003F20E3"/>
+    <w:rsid w:val="00404F1C"/>
+    <w:rsid w:val="0040743A"/>
+    <w:rsid w:val="004160AA"/>
+    <w:rsid w:val="004253F9"/>
+    <w:rsid w:val="00425942"/>
+    <w:rsid w:val="00430298"/>
+    <w:rsid w:val="00435116"/>
+    <w:rsid w:val="004366AE"/>
+    <w:rsid w:val="00454C22"/>
+    <w:rsid w:val="00482099"/>
+    <w:rsid w:val="00485DF3"/>
+    <w:rsid w:val="004929DD"/>
+    <w:rsid w:val="00493784"/>
+    <w:rsid w:val="00496005"/>
+    <w:rsid w:val="00496E3F"/>
+    <w:rsid w:val="004A037E"/>
+    <w:rsid w:val="004A0B5E"/>
+    <w:rsid w:val="004B41C9"/>
+    <w:rsid w:val="004B4366"/>
+    <w:rsid w:val="004C4B54"/>
+    <w:rsid w:val="004E01A1"/>
+    <w:rsid w:val="004E090B"/>
+    <w:rsid w:val="004E7C1D"/>
+    <w:rsid w:val="004F21FD"/>
+    <w:rsid w:val="004F42EF"/>
+    <w:rsid w:val="00500FCE"/>
+    <w:rsid w:val="00505C6A"/>
+    <w:rsid w:val="005117E2"/>
+    <w:rsid w:val="0051727F"/>
+    <w:rsid w:val="0052157C"/>
+    <w:rsid w:val="00527CE1"/>
+    <w:rsid w:val="005326EA"/>
+    <w:rsid w:val="00535BC9"/>
+    <w:rsid w:val="00541C9B"/>
+    <w:rsid w:val="00541E75"/>
+    <w:rsid w:val="005454A8"/>
+    <w:rsid w:val="0054779E"/>
+    <w:rsid w:val="00562169"/>
+    <w:rsid w:val="00564707"/>
+    <w:rsid w:val="00565BB4"/>
+    <w:rsid w:val="00565BE6"/>
+    <w:rsid w:val="00571533"/>
+    <w:rsid w:val="005715FC"/>
+    <w:rsid w:val="005761D6"/>
+    <w:rsid w:val="00581C6B"/>
+    <w:rsid w:val="005846E2"/>
+    <w:rsid w:val="00596B54"/>
+    <w:rsid w:val="005A2AB8"/>
+    <w:rsid w:val="005B4B8F"/>
+    <w:rsid w:val="005D19E3"/>
+    <w:rsid w:val="005D2698"/>
+    <w:rsid w:val="005D5ADB"/>
+    <w:rsid w:val="005E66C1"/>
+    <w:rsid w:val="005F025D"/>
+    <w:rsid w:val="005F05CE"/>
+    <w:rsid w:val="005F0D8B"/>
+    <w:rsid w:val="005F0DB3"/>
+    <w:rsid w:val="00602B03"/>
+    <w:rsid w:val="00602EDC"/>
+    <w:rsid w:val="00606E63"/>
+    <w:rsid w:val="0061235F"/>
+    <w:rsid w:val="00614239"/>
+    <w:rsid w:val="006273B4"/>
+    <w:rsid w:val="00631250"/>
+    <w:rsid w:val="00632338"/>
+    <w:rsid w:val="00642893"/>
+    <w:rsid w:val="00645DD9"/>
+    <w:rsid w:val="0064636E"/>
+    <w:rsid w:val="00646D5B"/>
+    <w:rsid w:val="00647D6A"/>
+    <w:rsid w:val="00650EF1"/>
+    <w:rsid w:val="006528F3"/>
+    <w:rsid w:val="00654E1D"/>
+    <w:rsid w:val="006615B8"/>
+    <w:rsid w:val="00665B02"/>
+    <w:rsid w:val="006717FD"/>
+    <w:rsid w:val="00682ED6"/>
+    <w:rsid w:val="006915C0"/>
+    <w:rsid w:val="006921F1"/>
+    <w:rsid w:val="006A23B5"/>
+    <w:rsid w:val="006A33FB"/>
+    <w:rsid w:val="006B025B"/>
+    <w:rsid w:val="006B6AEC"/>
+    <w:rsid w:val="006C0F12"/>
+    <w:rsid w:val="006C4B04"/>
+    <w:rsid w:val="006C73E2"/>
+    <w:rsid w:val="006D30BF"/>
+    <w:rsid w:val="006E4E6E"/>
+    <w:rsid w:val="006F39AC"/>
+    <w:rsid w:val="006F7659"/>
+    <w:rsid w:val="007016D0"/>
+    <w:rsid w:val="0070454A"/>
+    <w:rsid w:val="00704E47"/>
+    <w:rsid w:val="007233FE"/>
+    <w:rsid w:val="00723A23"/>
+    <w:rsid w:val="00724824"/>
+    <w:rsid w:val="00724C31"/>
+    <w:rsid w:val="00726EE6"/>
+    <w:rsid w:val="00727B67"/>
+    <w:rsid w:val="00730C4F"/>
+    <w:rsid w:val="0073638B"/>
+    <w:rsid w:val="00746719"/>
+    <w:rsid w:val="00755406"/>
+    <w:rsid w:val="00761B32"/>
+    <w:rsid w:val="007639E2"/>
+    <w:rsid w:val="007664DC"/>
+    <w:rsid w:val="0076675A"/>
+    <w:rsid w:val="00777EF1"/>
+    <w:rsid w:val="00781F68"/>
+    <w:rsid w:val="0078234B"/>
+    <w:rsid w:val="00786494"/>
+    <w:rsid w:val="0078707F"/>
+    <w:rsid w:val="007A4C5B"/>
+    <w:rsid w:val="007A5682"/>
+    <w:rsid w:val="007A5770"/>
+    <w:rsid w:val="007A5F34"/>
+    <w:rsid w:val="007B6130"/>
+    <w:rsid w:val="007C3952"/>
+    <w:rsid w:val="007F54E4"/>
+    <w:rsid w:val="007F79E0"/>
+    <w:rsid w:val="008029F8"/>
+    <w:rsid w:val="00802F03"/>
+    <w:rsid w:val="00803BB6"/>
+    <w:rsid w:val="008070B8"/>
+    <w:rsid w:val="00807C17"/>
+    <w:rsid w:val="00812E5A"/>
+    <w:rsid w:val="00823830"/>
+    <w:rsid w:val="00825161"/>
+    <w:rsid w:val="00835871"/>
+    <w:rsid w:val="00846A1E"/>
+    <w:rsid w:val="008478B9"/>
+    <w:rsid w:val="00863160"/>
+    <w:rsid w:val="008671DD"/>
+    <w:rsid w:val="00872AE0"/>
+    <w:rsid w:val="00881251"/>
+    <w:rsid w:val="00881FDC"/>
+    <w:rsid w:val="008912A4"/>
+    <w:rsid w:val="00893442"/>
+    <w:rsid w:val="00894677"/>
+    <w:rsid w:val="008B5E0A"/>
+    <w:rsid w:val="008B7A3D"/>
+    <w:rsid w:val="008C6C09"/>
+    <w:rsid w:val="008D164F"/>
+    <w:rsid w:val="008D6CAE"/>
+    <w:rsid w:val="008D76A7"/>
+    <w:rsid w:val="008E6D21"/>
+    <w:rsid w:val="008F6E6C"/>
+    <w:rsid w:val="00912939"/>
+    <w:rsid w:val="00913CC6"/>
+    <w:rsid w:val="00916D22"/>
+    <w:rsid w:val="00920D8E"/>
+    <w:rsid w:val="00925B30"/>
+    <w:rsid w:val="009326CB"/>
+    <w:rsid w:val="00935126"/>
+    <w:rsid w:val="00935E20"/>
+    <w:rsid w:val="00940117"/>
+    <w:rsid w:val="00940651"/>
+    <w:rsid w:val="00963EA7"/>
+    <w:rsid w:val="009724A2"/>
+    <w:rsid w:val="00977CE4"/>
+    <w:rsid w:val="0098540F"/>
+    <w:rsid w:val="00985734"/>
+    <w:rsid w:val="009966B8"/>
+    <w:rsid w:val="009A193B"/>
+    <w:rsid w:val="009A7E3B"/>
+    <w:rsid w:val="009B2153"/>
+    <w:rsid w:val="009B5155"/>
+    <w:rsid w:val="009B5860"/>
+    <w:rsid w:val="009C1B98"/>
+    <w:rsid w:val="009F2059"/>
+    <w:rsid w:val="009F3A92"/>
+    <w:rsid w:val="009F51BF"/>
+    <w:rsid w:val="00A07806"/>
+    <w:rsid w:val="00A11AD4"/>
+    <w:rsid w:val="00A2445F"/>
+    <w:rsid w:val="00A3394A"/>
+    <w:rsid w:val="00A35DCC"/>
+    <w:rsid w:val="00A45C49"/>
+    <w:rsid w:val="00A517B4"/>
+    <w:rsid w:val="00A51A63"/>
+    <w:rsid w:val="00A52FDE"/>
+    <w:rsid w:val="00A61264"/>
+    <w:rsid w:val="00A62F37"/>
+    <w:rsid w:val="00A74122"/>
+    <w:rsid w:val="00A8024B"/>
+    <w:rsid w:val="00A92D64"/>
+    <w:rsid w:val="00A97CE9"/>
+    <w:rsid w:val="00AA0760"/>
+    <w:rsid w:val="00AA2167"/>
+    <w:rsid w:val="00AA3567"/>
+    <w:rsid w:val="00AB26CE"/>
+    <w:rsid w:val="00AB51A6"/>
+    <w:rsid w:val="00AC3112"/>
+    <w:rsid w:val="00AC530F"/>
+    <w:rsid w:val="00AC5F1A"/>
+    <w:rsid w:val="00AD2984"/>
+    <w:rsid w:val="00AE0788"/>
+    <w:rsid w:val="00AE6C66"/>
+    <w:rsid w:val="00AF6B6E"/>
+    <w:rsid w:val="00B05512"/>
+    <w:rsid w:val="00B101EA"/>
+    <w:rsid w:val="00B1451E"/>
+    <w:rsid w:val="00B15376"/>
+    <w:rsid w:val="00B15CB1"/>
+    <w:rsid w:val="00B2343A"/>
+    <w:rsid w:val="00B23606"/>
+    <w:rsid w:val="00B27DCD"/>
+    <w:rsid w:val="00B34D42"/>
+    <w:rsid w:val="00B41BD1"/>
+    <w:rsid w:val="00B44885"/>
+    <w:rsid w:val="00B45012"/>
+    <w:rsid w:val="00B53C5C"/>
+    <w:rsid w:val="00B5573B"/>
+    <w:rsid w:val="00B56BBD"/>
+    <w:rsid w:val="00B56D84"/>
+    <w:rsid w:val="00B70EF4"/>
+    <w:rsid w:val="00B72AFE"/>
+    <w:rsid w:val="00B74A62"/>
+    <w:rsid w:val="00B76AAB"/>
+    <w:rsid w:val="00B776B9"/>
+    <w:rsid w:val="00B84509"/>
+    <w:rsid w:val="00BA1B1F"/>
+    <w:rsid w:val="00BB0FC7"/>
+    <w:rsid w:val="00BB50F7"/>
+    <w:rsid w:val="00BB7EF5"/>
+    <w:rsid w:val="00BC05AB"/>
+    <w:rsid w:val="00BC0A1F"/>
+    <w:rsid w:val="00BC63C2"/>
+    <w:rsid w:val="00BC7894"/>
+    <w:rsid w:val="00BD294E"/>
+    <w:rsid w:val="00BD3A4B"/>
+    <w:rsid w:val="00BD5A55"/>
+    <w:rsid w:val="00BD6130"/>
+    <w:rsid w:val="00BE21B0"/>
+    <w:rsid w:val="00BF5447"/>
+    <w:rsid w:val="00C0428B"/>
+    <w:rsid w:val="00C063BD"/>
+    <w:rsid w:val="00C1191C"/>
+    <w:rsid w:val="00C12170"/>
+    <w:rsid w:val="00C17572"/>
+    <w:rsid w:val="00C22848"/>
+    <w:rsid w:val="00C26493"/>
+    <w:rsid w:val="00C30285"/>
+    <w:rsid w:val="00C3463F"/>
+    <w:rsid w:val="00C3495C"/>
+    <w:rsid w:val="00C547D5"/>
+    <w:rsid w:val="00C65EF2"/>
+    <w:rsid w:val="00C704A2"/>
+    <w:rsid w:val="00C74E30"/>
+    <w:rsid w:val="00C805BD"/>
+    <w:rsid w:val="00C84572"/>
+    <w:rsid w:val="00C90550"/>
+    <w:rsid w:val="00C951ED"/>
+    <w:rsid w:val="00CA2606"/>
+    <w:rsid w:val="00CA5ADF"/>
+    <w:rsid w:val="00CB0B23"/>
+    <w:rsid w:val="00CB0E25"/>
+    <w:rsid w:val="00CC3F86"/>
+    <w:rsid w:val="00CD0A30"/>
+    <w:rsid w:val="00CD1072"/>
+    <w:rsid w:val="00CD4FAE"/>
+    <w:rsid w:val="00CE057B"/>
+    <w:rsid w:val="00CE69B4"/>
+    <w:rsid w:val="00CE7B54"/>
+    <w:rsid w:val="00CF674A"/>
+    <w:rsid w:val="00D021FE"/>
+    <w:rsid w:val="00D044EB"/>
+    <w:rsid w:val="00D10F9A"/>
+    <w:rsid w:val="00D1303F"/>
+    <w:rsid w:val="00D16290"/>
+    <w:rsid w:val="00D32E39"/>
+    <w:rsid w:val="00D34532"/>
+    <w:rsid w:val="00D36143"/>
+    <w:rsid w:val="00D362D2"/>
+    <w:rsid w:val="00D455FA"/>
+    <w:rsid w:val="00D46DD9"/>
+    <w:rsid w:val="00D4746B"/>
+    <w:rsid w:val="00D5025E"/>
+    <w:rsid w:val="00D50506"/>
+    <w:rsid w:val="00D513C2"/>
+    <w:rsid w:val="00D571B5"/>
+    <w:rsid w:val="00D62925"/>
+    <w:rsid w:val="00D636DD"/>
+    <w:rsid w:val="00D639FA"/>
+    <w:rsid w:val="00D730A9"/>
+    <w:rsid w:val="00D73647"/>
+    <w:rsid w:val="00D7754F"/>
+    <w:rsid w:val="00D83290"/>
+    <w:rsid w:val="00D83EDF"/>
+    <w:rsid w:val="00D85C20"/>
+    <w:rsid w:val="00D921A0"/>
+    <w:rsid w:val="00D92C8D"/>
+    <w:rsid w:val="00DA0AF4"/>
+    <w:rsid w:val="00DA400B"/>
+    <w:rsid w:val="00DB36AB"/>
+    <w:rsid w:val="00DB3E37"/>
+    <w:rsid w:val="00DB4D9D"/>
+    <w:rsid w:val="00DC0916"/>
+    <w:rsid w:val="00DC6311"/>
+    <w:rsid w:val="00DD5E1C"/>
+    <w:rsid w:val="00DE1409"/>
+    <w:rsid w:val="00DE18E7"/>
+    <w:rsid w:val="00DE43F9"/>
+    <w:rsid w:val="00DE4A99"/>
+    <w:rsid w:val="00DE4CBA"/>
+    <w:rsid w:val="00DE5B9B"/>
+    <w:rsid w:val="00E03D7D"/>
+    <w:rsid w:val="00E05DFB"/>
+    <w:rsid w:val="00E0720D"/>
+    <w:rsid w:val="00E31392"/>
+    <w:rsid w:val="00E41097"/>
+    <w:rsid w:val="00E454E3"/>
+    <w:rsid w:val="00E45C21"/>
+    <w:rsid w:val="00E4787E"/>
+    <w:rsid w:val="00E56443"/>
+    <w:rsid w:val="00E60756"/>
+    <w:rsid w:val="00E65760"/>
+    <w:rsid w:val="00E71239"/>
+    <w:rsid w:val="00E7273B"/>
+    <w:rsid w:val="00E73035"/>
+    <w:rsid w:val="00E80178"/>
+    <w:rsid w:val="00E90892"/>
+    <w:rsid w:val="00E91622"/>
+    <w:rsid w:val="00E94A8E"/>
+    <w:rsid w:val="00E969CF"/>
+    <w:rsid w:val="00EA1C60"/>
+    <w:rsid w:val="00EA6983"/>
+    <w:rsid w:val="00EA69AD"/>
+    <w:rsid w:val="00EB632E"/>
+    <w:rsid w:val="00EB70FC"/>
+    <w:rsid w:val="00EC19EA"/>
+    <w:rsid w:val="00ED134A"/>
+    <w:rsid w:val="00ED184B"/>
+    <w:rsid w:val="00EE547A"/>
+    <w:rsid w:val="00EE60C1"/>
+    <w:rsid w:val="00EF0BFA"/>
+    <w:rsid w:val="00EF11B3"/>
+    <w:rsid w:val="00EF2271"/>
+    <w:rsid w:val="00F06DF4"/>
+    <w:rsid w:val="00F15EE2"/>
+    <w:rsid w:val="00F17BC7"/>
+    <w:rsid w:val="00F275E8"/>
+    <w:rsid w:val="00F31B76"/>
+    <w:rsid w:val="00F330BB"/>
+    <w:rsid w:val="00F446DE"/>
+    <w:rsid w:val="00F520B0"/>
+    <w:rsid w:val="00F643D2"/>
+    <w:rsid w:val="00F731B3"/>
+    <w:rsid w:val="00F75F0E"/>
+    <w:rsid w:val="00F77D11"/>
+    <w:rsid w:val="00F81EC2"/>
+    <w:rsid w:val="00F823DA"/>
+    <w:rsid w:val="00F826FF"/>
+    <w:rsid w:val="00F92074"/>
+    <w:rsid w:val="00F94481"/>
+    <w:rsid w:val="00F9564F"/>
+    <w:rsid w:val="00FA1CC6"/>
+    <w:rsid w:val="00FA5F42"/>
+    <w:rsid w:val="00FA7932"/>
+    <w:rsid w:val="00FB025E"/>
+    <w:rsid w:val="00FB0E12"/>
+    <w:rsid w:val="00FB4F15"/>
+    <w:rsid w:val="00FB7D2E"/>
+    <w:rsid w:val="00FC0EDD"/>
+    <w:rsid w:val="00FC48EA"/>
+    <w:rsid w:val="00FD11AB"/>
+    <w:rsid w:val="00FD6ADA"/>
+    <w:rsid w:val="00FE3FC6"/>
+    <w:rsid w:val="00FE4D59"/>
+    <w:rsid w:val="00FE7514"/>
+    <w:rsid w:val="00FE75E6"/>
+    <w:rsid w:val="00FF272E"/>
+    <w:rsid w:val="012961E2"/>
+    <w:rsid w:val="08885A3E"/>
+    <w:rsid w:val="0AE8523F"/>
+    <w:rsid w:val="0D27ACD6"/>
+    <w:rsid w:val="108FF10D"/>
+    <w:rsid w:val="13ABE483"/>
+    <w:rsid w:val="1C6AB277"/>
+    <w:rsid w:val="1F05C6BE"/>
+    <w:rsid w:val="1FB5367D"/>
+    <w:rsid w:val="232E7607"/>
+    <w:rsid w:val="243E1BC9"/>
+    <w:rsid w:val="263217C3"/>
+    <w:rsid w:val="2FB3DF19"/>
+    <w:rsid w:val="32AAA00C"/>
+    <w:rsid w:val="341BE006"/>
+    <w:rsid w:val="34617F6A"/>
+    <w:rsid w:val="42595CEB"/>
+    <w:rsid w:val="4794B73C"/>
+    <w:rsid w:val="47ED31DC"/>
+    <w:rsid w:val="4D1FC4B3"/>
+    <w:rsid w:val="4DD84678"/>
+    <w:rsid w:val="4E2496F3"/>
+    <w:rsid w:val="4E2DD297"/>
+    <w:rsid w:val="4EC61D44"/>
+    <w:rsid w:val="5149793A"/>
+    <w:rsid w:val="53D9D6BE"/>
+    <w:rsid w:val="54A3B14F"/>
+    <w:rsid w:val="60448263"/>
+    <w:rsid w:val="682EF3DE"/>
+    <w:rsid w:val="6834BC07"/>
+    <w:rsid w:val="6DA810CE"/>
+    <w:rsid w:val="70C7DDFE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1D2C04AE"/>
-  <w15:docId w15:val="{9B96C6C1-C45A-4A2F-806D-FC26A8F92C9A}"/>
+  <w14:docId w14:val="47CBD4C1"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{BDDB8EB2-3489-4ECC-A1B8-3010EE8E4744}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-CA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5995,340 +5008,512 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...6 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="008671DD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="26"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:ind w:left="720"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
-      <w:color w:val="000000"/>
-[...1 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+      <w:smallCaps/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="006C73E2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="27" w:hanging="10"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:color w:val="00663D"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="00663E"/>
       <w:sz w:val="26"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008671DD"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
-      <w:color w:val="000000"/>
-[...1 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+      <w:smallCaps/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="32"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006C73E2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:color w:val="00663D"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="00663E"/>
       <w:sz w:val="26"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
-[...11 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="004366AE"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="004366AE"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002E0731"/>
+    <w:rsid w:val="00AC3112"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD5E1C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DD5E1C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00654E1D"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00041885"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="NoSpacingChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0010491C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+    <w:name w:val="No Spacing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoSpacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="0010491C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006C73E2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006C73E2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006C73E2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006C73E2"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002E0731"/>
+    <w:rsid w:val="00BB0FC7"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="1857576000">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/meetings/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="C://Users/Kirstin/Downloads/HRA-001-Coordinators-Program-and-Subject_Discipline-Revision-5.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/srr/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookit.flemingcollege.ca/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="C://Users/Kirstin/Downloads/OP-5-506-Student-Rights-and-Responsibilities.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/meetings/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/meetings/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file://ad-br-fs-staff1/staffvol/kparry/Downloads/5-506%20(2).pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/its/services/office-365/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookit.flemingcollege.ca/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/meetings/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/asa/ar/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/its/services/office-365/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/meetings/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file://ad-br-fs-staff1/staffvol/kparry/Downloads/5-506%20(2).pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file://ad-br-fs-staff1/staffvol/kparry/Downloads/Meeting%20Effective%20Guidelines%20(2).pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/meetings/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/asa/ar/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file://ad-br-fs-staff1/staffvol/kparry/Downloads/5-506%20(2).pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/its/services/office-365/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/meetings/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/working-at-fleming/meetings/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/srr/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/its/services/office-365/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://library.flemingcollege.ca/StudentSuccessServices/studentskillsadvising" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookit.flemingcollege.ca/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/ao/course-outlines/knowledge-base/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/onecard/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/its/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/college-services/parking/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/security/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LDSTeam@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flemingcollege.ca/admissions/academic-schedule" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/aes/resources/faculty-resources/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/hr/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/lds/learning-technology/brightspace-d2l-lms/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://department.flemingcollege.ca/policies-procedures/academic-affairs/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -6435,73 +5620,339 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="e9e812cf-73e6-4ec8-bdde-892e8f4a1083">
+      <UserInfo>
+        <DisplayName>Victoria Maystruk</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Coordinator TK Committee Members</DisplayName>
+        <AccountId>7</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008F9D5E366E7EED428EC02BF210F08179" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="014c0d6639edbec276f2575d910b10da">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="346ee60d-781b-476f-82a4-da4bb8a57b86" xmlns:ns3="e9e812cf-73e6-4ec8-bdde-892e8f4a1083" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0004de47e55fee4edd4fa056c0054fec" ns2:_="" ns3:_="">
+    <xsd:import namespace="346ee60d-781b-476f-82a4-da4bb8a57b86"/>
+    <xsd:import namespace="e9e812cf-73e6-4ec8-bdde-892e8f4a1083"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="346ee60d-781b-476f-82a4-da4bb8a57b86" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e9e812cf-73e6-4ec8-bdde-892e8f4a1083" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D2AA30E-B25C-416E-AF9B-59C250872533}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e9e812cf-73e6-4ec8-bdde-892e8f4a1083"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{035EA8B3-FF2D-4822-A6DB-2063495D1D52}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="346ee60d-781b-476f-82a4-da4bb8a57b86"/>
+    <ds:schemaRef ds:uri="e9e812cf-73e6-4ec8-bdde-892e8f4a1083"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1B697DF-12B4-4F36-86F5-C827456DF1D0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>11715</Characters>
+  <Pages>2</Pages>
+  <Words>1089</Words>
+  <Characters>5859</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>112</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Fleming College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13743</CharactersWithSpaces>
+  <CharactersWithSpaces>6907</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Victoria Maystruk</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101008F9D5E366E7EED428EC02BF210F08179</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="AuthorIds_UIVersion_31744">
+    <vt:lpwstr>6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="AuthorIds_UIVersion_58880">
+    <vt:lpwstr>6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Base Target">
+    <vt:lpwstr>_blank</vt:lpwstr>
+  </property>
+</Properties>
+</file>