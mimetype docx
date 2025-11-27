--- v0 (2025-10-16)
+++ v1 (2025-11-27)
@@ -12,106 +12,106 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="36BB43BE" w14:textId="77777777" w:rsidR="00BE706C" w:rsidRPr="00E2060A" w:rsidRDefault="00E2060A" w:rsidP="00E2060A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83F8F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48FFFD6E" wp14:editId="1FAA3177">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48FFFD6E" wp14:editId="5C3E3FEE">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>3853815</wp:posOffset>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-195580</wp:posOffset>
+              <wp:posOffset>-243840</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2670810" cy="668655"/>
+            <wp:extent cx="2661177" cy="1019175"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Frost_Logo_TextA RGB.png"/>
+                    <pic:cNvPr id="4" name="Picture 4"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2670810" cy="668655"/>
+                      <a:ext cx="2661177" cy="1019175"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="0094575B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Optional </w:t>
       </w:r>
@@ -119,106 +119,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Co-op Program Student Application</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="492291CF" w14:textId="77777777" w:rsidR="00E2060A" w:rsidRDefault="00E2060A" w:rsidP="00E2060A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E409E78" w14:textId="77777777" w:rsidR="00C24A44" w:rsidRDefault="00C24A44" w:rsidP="00E2060A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="200C4D7E" w14:textId="3B0E6474" w:rsidR="00E2060A" w:rsidRDefault="00E2060A" w:rsidP="00E2060A">
+    <w:p w14:paraId="200C4D7E" w14:textId="2E07C755" w:rsidR="00E2060A" w:rsidRDefault="00E2060A" w:rsidP="00E2060A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001544DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Application Deadline</w:t>
       </w:r>
       <w:r w:rsidR="00192921">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">:  Friday, </w:t>
       </w:r>
       <w:r w:rsidR="0098665B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">December </w:t>
       </w:r>
       <w:r w:rsidR="00E45FC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00802C31">
-[...4 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="00DF24E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="0098665B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00802C31">
-[...4 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00DF24E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1305A3D5" w14:textId="77777777" w:rsidR="001544DC" w:rsidRDefault="001544DC" w:rsidP="00E2060A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B88C6C4" w14:textId="5A773FB1" w:rsidR="00E44397" w:rsidRDefault="001544DC" w:rsidP="00E44397">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76629">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Submit to</w:t>
@@ -625,51 +625,51 @@
         </w:rPr>
         <w:t xml:space="preserve">  Fish and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wildlife </w:t>
       </w:r>
       <w:r w:rsidR="00B01476">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Technician </w:t>
       </w:r>
       <w:r w:rsidR="0026753E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(FW)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA8FDC6" w14:textId="77777777" w:rsidR="00DE139D" w:rsidRDefault="001E17D7" w:rsidP="00D10D15">
+    <w:p w14:paraId="6CA8FDC6" w14:textId="77777777" w:rsidR="00DE139D" w:rsidRDefault="00743F37" w:rsidP="00D10D15">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:id w:val="1013273168"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B01476">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
@@ -1616,70 +1616,70 @@
     <w:p w14:paraId="21D37A1A" w14:textId="77777777" w:rsidR="002D7298" w:rsidRDefault="002D7298" w:rsidP="00C24A44">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002D7298" w:rsidSect="001544DC">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="709" w:right="1041" w:bottom="851" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="22624715" w14:textId="77777777" w:rsidR="004A19C5" w:rsidRDefault="004A19C5" w:rsidP="00C24A44">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="538E8F99" w14:textId="77777777" w:rsidR="004A19C5" w:rsidRDefault="004A19C5" w:rsidP="00C24A44">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1704,61 +1704,61 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C68418C" w14:textId="77777777" w:rsidR="00345814" w:rsidRDefault="00345814">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="357712329"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="860082579"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="4C5524A7" w14:textId="77777777" w:rsidR="00345814" w:rsidRDefault="00345814">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
             </w:pPr>
@@ -1832,110 +1832,110 @@
                 <w:noProof/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="796C007E" w14:textId="77777777" w:rsidR="00345814" w:rsidRDefault="00345814">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="332AA9A7" w14:textId="77777777" w:rsidR="00345814" w:rsidRDefault="00345814">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5E018606" w14:textId="77777777" w:rsidR="004A19C5" w:rsidRDefault="004A19C5" w:rsidP="00C24A44">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6616602C" w14:textId="77777777" w:rsidR="004A19C5" w:rsidRDefault="004A19C5" w:rsidP="00C24A44">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3C4949E4" w14:textId="77777777" w:rsidR="00345814" w:rsidRDefault="00345814">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5EE5E3E9" w14:textId="77777777" w:rsidR="00345814" w:rsidRDefault="00345814">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="421BAF9A" w14:textId="77777777" w:rsidR="00345814" w:rsidRDefault="00345814">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07DC244B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1AB02BC2"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2395,181 +2395,187 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="541748059">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1895773133">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1412846930">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2073692731">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1649361996">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E2060A"/>
     <w:rsid w:val="00052F03"/>
     <w:rsid w:val="00066B9F"/>
     <w:rsid w:val="000D2FC9"/>
     <w:rsid w:val="000D687A"/>
+    <w:rsid w:val="00125CC2"/>
     <w:rsid w:val="001544DC"/>
     <w:rsid w:val="00192921"/>
     <w:rsid w:val="001A0527"/>
     <w:rsid w:val="001B7BA1"/>
     <w:rsid w:val="001E17D7"/>
     <w:rsid w:val="00223999"/>
     <w:rsid w:val="002641B9"/>
     <w:rsid w:val="0026753E"/>
     <w:rsid w:val="002B28DD"/>
     <w:rsid w:val="002D7298"/>
     <w:rsid w:val="002E3840"/>
     <w:rsid w:val="002E76B5"/>
     <w:rsid w:val="00345814"/>
     <w:rsid w:val="003A77D3"/>
     <w:rsid w:val="003B2061"/>
     <w:rsid w:val="003E210D"/>
     <w:rsid w:val="003E6B0A"/>
     <w:rsid w:val="003F174A"/>
     <w:rsid w:val="00421728"/>
+    <w:rsid w:val="00445FD0"/>
     <w:rsid w:val="004A19C5"/>
     <w:rsid w:val="004E42C8"/>
     <w:rsid w:val="004E44CA"/>
     <w:rsid w:val="005A2A89"/>
     <w:rsid w:val="005F5EF7"/>
     <w:rsid w:val="00606438"/>
     <w:rsid w:val="00644ECF"/>
     <w:rsid w:val="00696B07"/>
     <w:rsid w:val="00704379"/>
     <w:rsid w:val="00730565"/>
+    <w:rsid w:val="00743F37"/>
     <w:rsid w:val="00766ABB"/>
+    <w:rsid w:val="007746E2"/>
     <w:rsid w:val="00791353"/>
     <w:rsid w:val="007F609D"/>
     <w:rsid w:val="00802C31"/>
     <w:rsid w:val="00824EA8"/>
     <w:rsid w:val="0089167F"/>
     <w:rsid w:val="00905B12"/>
     <w:rsid w:val="00911F8D"/>
     <w:rsid w:val="0094575B"/>
     <w:rsid w:val="0098665B"/>
     <w:rsid w:val="009F3C46"/>
     <w:rsid w:val="00A016FB"/>
     <w:rsid w:val="00A715DA"/>
     <w:rsid w:val="00A84908"/>
     <w:rsid w:val="00AB726D"/>
+    <w:rsid w:val="00AD79DB"/>
     <w:rsid w:val="00B01476"/>
     <w:rsid w:val="00BC6222"/>
     <w:rsid w:val="00BD0601"/>
     <w:rsid w:val="00BE706C"/>
     <w:rsid w:val="00C24A44"/>
     <w:rsid w:val="00C64754"/>
     <w:rsid w:val="00CB507F"/>
     <w:rsid w:val="00D10D15"/>
     <w:rsid w:val="00D8042B"/>
     <w:rsid w:val="00DC201C"/>
     <w:rsid w:val="00DC7576"/>
     <w:rsid w:val="00DD148E"/>
     <w:rsid w:val="00DE139D"/>
+    <w:rsid w:val="00DF24E1"/>
     <w:rsid w:val="00E0628B"/>
     <w:rsid w:val="00E13B1C"/>
     <w:rsid w:val="00E2060A"/>
     <w:rsid w:val="00E30612"/>
     <w:rsid w:val="00E44397"/>
     <w:rsid w:val="00E45FC3"/>
     <w:rsid w:val="00E76629"/>
     <w:rsid w:val="00EA7AAF"/>
     <w:rsid w:val="00EB51F9"/>
     <w:rsid w:val="00F5361B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="50A85A25"/>
   <w15:docId w15:val="{56158244-2153-47AC-AF56-EBA2696486B2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3096,51 +3102,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00E13B1C"/>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:rsid w:val="00E13B1C"/>
     <w:rPr>
       <w:b/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>