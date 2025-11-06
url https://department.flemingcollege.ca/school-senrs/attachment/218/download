--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -1,123 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="003706CC" w:rsidRPr="00AE2E03" w:rsidRDefault="00B72E29" w:rsidP="00AE2E03">
+    <w:p w14:paraId="47430D7A" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="00AE2E03" w:rsidRDefault="00B72E29" w:rsidP="00AE2E03">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Past </w:t>
       </w:r>
       <w:r w:rsidR="003706CC" w:rsidRPr="00AE2E03">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Participat</w:t>
       </w:r>
       <w:r w:rsidR="00AE2E03">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ing Organizations</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="7268DF47" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="3C4A9E74" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -195,78 +192,78 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Location</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D4779" w:rsidRDefault="009D4779">
+    <w:p w14:paraId="15ADA521" w14:textId="77777777" w:rsidR="009D4779" w:rsidRDefault="009D4779">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F79E2" w:rsidRDefault="007F79E2">
+    <w:p w14:paraId="41A4A66D" w14:textId="77777777" w:rsidR="007F79E2" w:rsidRDefault="007F79E2">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -286,1294 +283,1216 @@
         </w:rPr>
         <w:tab/>
         <w:t>John Able</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>(519)-652-0927</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>London, ON</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F79E2" w:rsidRDefault="007F79E2">
+    <w:p w14:paraId="6491695B" w14:textId="77777777" w:rsidR="007F79E2" w:rsidRDefault="007F79E2">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D4779" w:rsidRPr="009D4779" w:rsidRDefault="009D4779">
+    <w:p w14:paraId="3983A605" w14:textId="77777777" w:rsidR="009D4779" w:rsidRPr="009D4779" w:rsidRDefault="009D4779">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D4779">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">All </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009D4779">
+        <w:t>All About Trees</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>About</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009D4779">
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Trees</w:t>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...20 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lorne Eadie</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>(647)-224-8776</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Warkworth</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRPr="009D4779" w:rsidRDefault="003706CC">
-[...20 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="0A84DF1E" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="009D4779" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26703873" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>All Green Tree Service</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t xml:space="preserve">Mike </w:t>
       </w:r>
       <w:r w:rsidR="001B6316">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t>ayes</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(519)-465-1076</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Kitchener</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
-[...20 lines deleted...]
-    <w:p w:rsidR="00604B07" w:rsidRDefault="00604B07">
+    <w:p w14:paraId="3A32503F" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="373D4AC4" w14:textId="77777777" w:rsidR="00604B07" w:rsidRDefault="00604B07">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Allmac</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Tree Service Ltd.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Jim </w:t>
+        <w:t>Jim Allsop</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(705)-523-2808</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Sudbury</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="456A1ECA" w14:textId="77777777" w:rsidR="00604B07" w:rsidRDefault="00604B07">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="132C0034" w14:textId="77777777" w:rsidR="00E5258F" w:rsidRDefault="00E5258F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Arbor-Aide</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Brian </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Allsop</w:t>
+        <w:t>Kaastra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>(705)-523-2808</w:t>
-[...62 lines deleted...]
-      </w:r>
+        <w:t>(905) 932-9149</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Fonthill</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A10960C" w14:textId="77777777" w:rsidR="00E5258F" w:rsidRDefault="00E5258F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="095904F5" w14:textId="77777777" w:rsidR="00146527" w:rsidRDefault="00146527">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Kaastra</w:t>
+        <w:t>Arbrecare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:tab/>
-[...6 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve"> Tree Service</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">John </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Fonthill</w:t>
+        <w:t>Saccary</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...21 lines deleted...]
-    <w:p w:rsidR="00146527" w:rsidRDefault="00146527">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(613)-634-6341</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Kingston</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="371FE021" w14:textId="77777777" w:rsidR="00146527" w:rsidRDefault="00146527">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CE62382" w14:textId="77777777" w:rsidR="0051636C" w:rsidRDefault="0051636C">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Arbrecare</w:t>
+        <w:t>Arboristic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> Tree Service</w:t>
-[...71 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve"> Tree Care</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Kevin West</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(705) 227-2981</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Lindsay</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0051636C" w:rsidRDefault="0051636C">
-[...20 lines deleted...]
-    <w:p w:rsidR="00073FFE" w:rsidRDefault="00073FFE">
+    <w:p w14:paraId="03ED240C" w14:textId="77777777" w:rsidR="0051636C" w:rsidRDefault="0051636C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B8C9077" w14:textId="77777777" w:rsidR="00073FFE" w:rsidRDefault="00073FFE">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Arborscience</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">  London</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Greg </w:t>
-      </w:r>
+        <w:t>Greg Duplan</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(519)-872-0872</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Mt. Brydges</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8EF03C" w14:textId="77777777" w:rsidR="00073FFE" w:rsidRDefault="00073FFE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78A300D0" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>Duplan</w:t>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Arborcorp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:t xml:space="preserve"> Tree Experts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Steve Shelton</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(905)-827-9103</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Oakville</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="206335A8" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="190E3EE2" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Arbortech Professional Tree Care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Ian Johnson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(519)-245-1019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Strathroy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528F1734" w14:textId="77777777" w:rsidR="009D4779" w:rsidRDefault="009D4779">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5679FB15" w14:textId="77777777" w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Brydges</w:t>
+        <w:t>Arborworks</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:tab/>
-[...192 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve"> Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Daniel Shepstone</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(705)-494-0196</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>North Bay</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
-[...21 lines deleted...]
-    <w:p w:rsidR="002C764E" w:rsidRDefault="002C764E">
+    <w:p w14:paraId="20A242A0" w14:textId="77777777" w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BE2C07B" w14:textId="53DC6A7E" w:rsidR="002C764E" w:rsidRDefault="002C764E">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Asplundh Canada</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Gorman</w:t>
+        <w:t>Aubry Gorman</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(705)-745-0235</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> Tree Experts</w:t>
+      <w:r w:rsidR="00EB4A08">
+        <w:t>Peterborough</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14FEE5AF" w14:textId="77777777" w:rsidR="002C764E" w:rsidRDefault="002C764E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11BE2A7E" w14:textId="77777777" w:rsidR="009D4779" w:rsidRDefault="009D4779">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Bartlet Tree Experts</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009340FE">
         <w:t>Philip Adams</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(705)-646-8733</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Bracebridge</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="009D4779" w:rsidRDefault="009D4779">
-[...21 lines deleted...]
-    <w:p w:rsidR="00390985" w:rsidRDefault="00390985">
+    <w:p w14:paraId="4770D4ED" w14:textId="77777777" w:rsidR="009D4779" w:rsidRDefault="009D4779">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EA567EE" w14:textId="77777777" w:rsidR="00390985" w:rsidRDefault="00390985">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Bayridge</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Craig </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Craig Ladouceur</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
         <w:t>(613)-634-1683</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Kingston</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00390985" w:rsidRDefault="00390985">
-[...21 lines deleted...]
-    <w:p w:rsidR="00146527" w:rsidRDefault="00146527">
+    <w:p w14:paraId="3A90FB84" w14:textId="77777777" w:rsidR="00390985" w:rsidRDefault="00390985">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="670DB990" w14:textId="77777777" w:rsidR="00146527" w:rsidRDefault="00146527">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>BC Plant Health Care</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Clifford</w:t>
       </w:r>
       <w:r w:rsidR="00604B07">
         <w:t xml:space="preserve"> Hoegler</w:t>
       </w:r>
       <w:r w:rsidR="00604B07">
         <w:tab/>
         <w:t>(604)-591-9010</w:t>
       </w:r>
       <w:r w:rsidR="00604B07">
         <w:tab/>
         <w:t>Surrey BC</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00146527" w:rsidRDefault="00146527">
-[...42 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="1494B583" w14:textId="77777777" w:rsidR="00146527" w:rsidRDefault="00146527">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28042128" w14:textId="77777777" w:rsidR="001E7FBE" w:rsidRDefault="001E7FBE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
       <w:r>
         <w:t>Beautiful Trees Inc.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Chris Ward</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905) 888-6000</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-      </w:r>
-[...31 lines deleted...]
-    <w:p w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
+        <w:t>Gormely ON</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4178C8B5" w14:textId="77777777" w:rsidR="001E7FBE" w:rsidRDefault="001E7FBE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51B8A50A" w14:textId="77777777" w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Black River Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Glenn Guernsey</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(613)-476-3757</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Milford</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
-[...21 lines deleted...]
-    <w:p w:rsidR="009D4779" w:rsidRDefault="009D4779">
+    <w:p w14:paraId="33A04FF1" w14:textId="77777777" w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2827AC31" w14:textId="77777777" w:rsidR="009D4779" w:rsidRDefault="009D4779">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Boshkung</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1585,937 +1504,900 @@
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">John </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Fedeski</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(705)-489-</w:t>
       </w:r>
       <w:r w:rsidR="007F79E2">
         <w:t>2580</w:t>
       </w:r>
       <w:r w:rsidR="007F79E2">
         <w:tab/>
         <w:t>Minden</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD5BD0" w:rsidRDefault="00FD5BD0">
-[...21 lines deleted...]
-    <w:p w:rsidR="00353AC4" w:rsidRDefault="00353AC4">
+    <w:p w14:paraId="15058CE6" w14:textId="77777777" w:rsidR="00FD5BD0" w:rsidRDefault="00FD5BD0">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10FB16C5" w14:textId="77777777" w:rsidR="00353AC4" w:rsidRDefault="00353AC4">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Branching Out Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Jason </w:t>
+        <w:t>Jason Audley</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(905)-342-5368</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Oshawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA5346C" w14:textId="77777777" w:rsidR="00353AC4" w:rsidRDefault="00353AC4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BD8D731" w14:textId="77777777" w:rsidR="00FD5BD0" w:rsidRPr="0059307C" w:rsidRDefault="00FD5BD0">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Campbellford Tree Removal</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Bill Baldwin</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(705)653-4407</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F5641A">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Campbellford</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C46957" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1209EFB9" w14:textId="77777777" w:rsidR="00C0777B" w:rsidRDefault="00C0777B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>C.L.O. Conservation Authority</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Diana </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Audley</w:t>
+        <w:t>Shermet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>(905)-342-5368</w:t>
+        <w:t>(905)-579-0411</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Oshawa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00353AC4" w:rsidRDefault="00353AC4">
-[...162 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="223E39C4" w14:textId="77777777" w:rsidR="00C0777B" w:rsidRPr="0059307C" w:rsidRDefault="00C0777B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="483AD876" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:lastRenderedPageBreak/>
         <w:t>Central Tree Care</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
-        <w:t xml:space="preserve">Mike </w:t>
+        <w:t>Mike Spencley</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(705)-454-9581</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Fenelon Falls</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148F12EB" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FD57200" w14:textId="77777777" w:rsidR="00E5258F" w:rsidRDefault="00E5258F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Chatham Tree Service</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Phil Hime</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(519) 355-8106</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Chatham</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A833F6B" w14:textId="77777777" w:rsidR="00E5258F" w:rsidRPr="0059307C" w:rsidRDefault="00E5258F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2824C869" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="8640" w:hanging="8640"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Christies Tree Service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>John Sheenan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(613)-722-3626</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Ottawa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26292423" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="135C0AD7" w14:textId="77777777" w:rsidR="00E5258F" w:rsidRDefault="00E5258F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>City of Barrie</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Bob Van Dyke</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(705) 739-4220</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Barrie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D188F74" w14:textId="77777777" w:rsidR="00E5258F" w:rsidRPr="0059307C" w:rsidRDefault="00E5258F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42443B91" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>City of Brampton</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Gary Linton</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(905)-874-2913</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Brampton</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EAE0F21" w14:textId="77777777" w:rsidR="00DF1581" w:rsidRDefault="00DF1581">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06873C95" w14:textId="77777777" w:rsidR="00DF1581" w:rsidRPr="0059307C" w:rsidRDefault="00DF1581">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>City of Brantford</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scott Porter</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(519)-756-1500</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Brantford</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2BE092" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6752FC9B" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>City of Cornwall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>John de Ronde</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(613)-930-2787</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Cornwall</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B1AFA8" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CACA8B5" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="5760"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t xml:space="preserve">City of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0059307C">
-        <w:t>Spencley</w:t>
+        <w:t>Fredricton</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
-        <w:t>(705)-454-9581</w:t>
-[...479 lines deleted...]
-        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5258F">
-        <w:t xml:space="preserve">Neil </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Neil Trebble</w:t>
+      </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(506)-460-</w:t>
       </w:r>
       <w:r w:rsidR="00E5258F">
         <w:t>2294</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0059307C">
         <w:t>Fredricton</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0059307C">
         <w:t>, NB</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC45CA" w:rsidRDefault="00CC45CA">
-[...20 lines deleted...]
-    <w:p w:rsidR="00DE00A3" w:rsidRDefault="00DE00A3">
+    <w:p w14:paraId="46D0F827" w14:textId="77777777" w:rsidR="00CC45CA" w:rsidRDefault="00CC45CA">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59CCC62F" w14:textId="77777777" w:rsidR="00DE00A3" w:rsidRDefault="00DE00A3">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>City of Guelph</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Randy </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Drewgry</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:tab/>
         <w:t>(519)-837-5628</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Guelph</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009970BF" w:rsidRDefault="009970BF" w:rsidP="009970BF">
+    <w:p w14:paraId="1FDBE6FF" w14:textId="77777777" w:rsidR="009970BF" w:rsidRDefault="009970BF" w:rsidP="009970BF">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E95EBF" w:rsidRDefault="00E95EBF">
+    <w:p w14:paraId="52398A05" w14:textId="77777777" w:rsidR="00E95EBF" w:rsidRDefault="00E95EBF">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>City of Hamilton</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -2524,143 +2406,138 @@
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Tami </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Sadonoja</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:tab/>
         <w:t>(905)-546-2424</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Hamilton</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE00A3" w:rsidRPr="0059307C" w:rsidRDefault="00DE00A3">
-[...20 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="0470C34D" w14:textId="77777777" w:rsidR="00DE00A3" w:rsidRPr="0059307C" w:rsidRDefault="00DE00A3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75012082" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>City of Kawartha Lakes</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001B6316">
-        <w:t xml:space="preserve">Kevin </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Kevin Brasier</w:t>
+      </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(705)-324-9460</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Lindsay</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
-[...20 lines deleted...]
-    <w:p w:rsidR="00723296" w:rsidRDefault="00723296">
+    <w:p w14:paraId="47491CA1" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ADC1AA3" w14:textId="77777777" w:rsidR="00723296" w:rsidRDefault="00723296">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">City of </w:t>
       </w:r>
       <w:r w:rsidR="00DE00A3">
         <w:t>K</w:t>
       </w:r>
@@ -2669,72 +2546,72 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E5258F">
         <w:t>Judy Brick</w:t>
       </w:r>
       <w:r w:rsidR="00DE00A3">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DE00A3">
         <w:tab/>
         <w:t>(613)-546-4291</w:t>
       </w:r>
       <w:r w:rsidR="00DE00A3">
         <w:tab/>
         <w:t>Kingston</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00723296" w:rsidRPr="0059307C" w:rsidRDefault="00723296">
-[...20 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="48F6CA5D" w14:textId="77777777" w:rsidR="00723296" w:rsidRPr="0059307C" w:rsidRDefault="00723296">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EBE21E2" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>City of Kitchener</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
@@ -2746,275 +2623,275 @@
         <w:tab/>
         <w:t xml:space="preserve">Kim </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0059307C">
         <w:t>Nihls</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(519-741-2890</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F5641A">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t>Kitchener</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
-[...20 lines deleted...]
-    <w:p w:rsidR="00E5258F" w:rsidRDefault="00E5258F">
+    <w:p w14:paraId="1F26BB9D" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BF827B7" w14:textId="77777777" w:rsidR="00E5258F" w:rsidRDefault="00E5258F">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>City of New Westminster</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Christine Cho</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(604) 527-4585</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>BC</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E5258F" w:rsidRPr="0059307C" w:rsidRDefault="00E5258F">
-[...20 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="6A185B5D" w14:textId="77777777" w:rsidR="00E5258F" w:rsidRPr="0059307C" w:rsidRDefault="00E5258F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4375EE5A" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>City of Niagara Falls</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t xml:space="preserve">John </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0059307C">
         <w:t>Murocco</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(905)-356-7521</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Niagara Falls</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
-[...20 lines deleted...]
-    <w:p w:rsidR="004170F6" w:rsidRDefault="004170F6">
+    <w:p w14:paraId="1E45DE4B" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="796DB6CA" w14:textId="77777777" w:rsidR="004170F6" w:rsidRDefault="004170F6">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>City of Oshawa</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Rob Fennell</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905)-436-3879</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00534C1D">
         <w:t>Oshawa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004170F6" w:rsidRPr="0059307C" w:rsidRDefault="004170F6">
-[...20 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="010A5188" w14:textId="77777777" w:rsidR="004170F6" w:rsidRPr="0059307C" w:rsidRDefault="004170F6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03E6827C" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>City of Ottawa</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
@@ -3030,72 +2907,72 @@
       </w:r>
       <w:r w:rsidR="007F79E2">
         <w:t>Dave Barkley</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t xml:space="preserve">(613) </w:t>
       </w:r>
       <w:r w:rsidR="007F79E2">
         <w:t>580</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="007F79E2">
         <w:t>2424</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Ottawa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
-[...20 lines deleted...]
-    <w:p w:rsidR="00526F17" w:rsidRPr="0059307C" w:rsidRDefault="00526F17" w:rsidP="00526F17">
+    <w:p w14:paraId="3D288BBE" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5785BBF1" w14:textId="77777777" w:rsidR="00526F17" w:rsidRPr="0059307C" w:rsidRDefault="00526F17" w:rsidP="00526F17">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>City of Ottawa</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
@@ -3105,73 +2982,73 @@
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Scott Petrie</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t xml:space="preserve">(613) </w:t>
       </w:r>
       <w:r w:rsidR="00582E42">
         <w:t>831-6896</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Ottawa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00526F17" w:rsidRDefault="00526F17">
-[...21 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="4087E4D1" w14:textId="77777777" w:rsidR="00526F17" w:rsidRDefault="00526F17">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3861FEB7" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>City of Owen Sound</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
@@ -3180,561 +3057,535 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00526F17">
         <w:t>John Howard</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00526F17">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t>(519)-376-</w:t>
       </w:r>
       <w:r w:rsidR="00526F17">
         <w:t>4440</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Owen Sound</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C647F1" w:rsidRDefault="00C647F1">
-[...21 lines deleted...]
-    <w:p w:rsidR="00534C1D" w:rsidRDefault="00534C1D">
+    <w:p w14:paraId="227595B0" w14:textId="77777777" w:rsidR="00C647F1" w:rsidRDefault="00C647F1">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13FC474C" w14:textId="77777777" w:rsidR="00534C1D" w:rsidRDefault="00534C1D">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>City of St. Thomas</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Ross Tucker</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(519)-631-9990</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>St. Thomas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0051636C" w:rsidRDefault="0051636C">
-[...21 lines deleted...]
-    <w:p w:rsidR="00C647F1" w:rsidRPr="0059307C" w:rsidRDefault="00C647F1">
+    <w:p w14:paraId="5047F797" w14:textId="77777777" w:rsidR="0051636C" w:rsidRDefault="0051636C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73F2328B" w14:textId="77777777" w:rsidR="00C647F1" w:rsidRPr="0059307C" w:rsidRDefault="00C647F1">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>City of Woodstock</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Dan Major</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(519)-539-2382</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Woodstock</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00534C1D" w:rsidRDefault="00CA2EA3">
+    <w:p w14:paraId="2D8A04C5" w14:textId="77777777" w:rsidR="00534C1D" w:rsidRDefault="00CA2EA3">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A70A0A" w:rsidRDefault="00A70A0A">
+    <w:p w14:paraId="22E5C03A" w14:textId="77777777" w:rsidR="00A70A0A" w:rsidRDefault="00A70A0A">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Cochrane Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Gavin Cochrane</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905)-242-2730</w:t>
       </w:r>
       <w:r w:rsidR="002C764E">
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-      <w:r w:rsidR="002C764E">
         <w:t>Blackstock</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    </w:p>
+    <w:p w14:paraId="630C2F8F" w14:textId="77777777" w:rsidR="00A70A0A" w:rsidRDefault="00A70A0A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65896D85" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:lastRenderedPageBreak/>
         <w:t>Complete Tree Service</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
-        <w:t xml:space="preserve">Arthur </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Arthur Marlo</w:t>
+      </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(905)-689-8890</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Carlisle</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE00A3" w:rsidRDefault="00DE00A3" w:rsidP="00534C1D">
+    <w:p w14:paraId="643B68B9" w14:textId="77777777" w:rsidR="00DE00A3" w:rsidRDefault="00DE00A3" w:rsidP="00534C1D">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
-[...42 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w14:paraId="562D6024" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Colin Naftel Tree Service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Colin Naftel</w:t>
+      </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(519)-942-1547</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Orangeville</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00674677" w:rsidRDefault="00674677">
-[...21 lines deleted...]
-    <w:p w:rsidR="00582E42" w:rsidRPr="0059307C" w:rsidRDefault="00582E42">
+    <w:p w14:paraId="25CE243D" w14:textId="77777777" w:rsidR="00674677" w:rsidRDefault="00674677">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="705105DC" w14:textId="77777777" w:rsidR="00582E42" w:rsidRPr="0059307C" w:rsidRDefault="00582E42">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Colin’s Stump Be Gone</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Colin Peddle</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(416) 712-8493</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Woodbridge</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00674677" w:rsidRDefault="00674677">
-[...20 lines deleted...]
-    <w:p w:rsidR="002C764E" w:rsidRDefault="002C764E">
+    <w:p w14:paraId="6F5AB09F" w14:textId="77777777" w:rsidR="00674677" w:rsidRDefault="00674677">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0536AC97" w14:textId="77777777" w:rsidR="002C764E" w:rsidRDefault="002C764E">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Colonial Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Mike Burns</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905)-877-8591</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-      <w:r>
         <w:t>Limehouse</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="002C764E" w:rsidRDefault="002C764E">
+    </w:p>
+    <w:p w14:paraId="1D87D4D4" w14:textId="77777777" w:rsidR="002C764E" w:rsidRDefault="002C764E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EFC96CA" w14:textId="77777777" w:rsidR="002C764E" w:rsidRDefault="002C764E">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>County Arborists</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -3744,367 +3595,339 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0051636C">
         <w:t>Justin Dart</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(613)-</w:t>
       </w:r>
       <w:r w:rsidR="0051636C">
         <w:t>969-6788</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Consecon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00747B28" w:rsidRDefault="00747B28">
-[...21 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="3B31B20D" w14:textId="77777777" w:rsidR="00747B28" w:rsidRDefault="00747B28">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C88817F" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>County Tree Service</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Dave Gilbert</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(705)-887-9697</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Fenelon</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445AA6" w:rsidRDefault="00445AA6">
-[...58 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w14:paraId="1BDCF11B" w14:textId="77777777" w:rsidR="00445AA6" w:rsidRDefault="00445AA6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="061A57FA" w14:textId="77777777" w:rsidR="00445AA6" w:rsidRPr="0059307C" w:rsidRDefault="00445AA6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Cressman Tree and Landscape</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Dell Cressman</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004932A4">
         <w:t>(905)-372-3801</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Cobourg</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
-[...42 lines deleted...]
-        <w:t xml:space="preserve">Darlington Property </w:t>
+    <w:p w14:paraId="3BADCA04" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="152BDE23" w14:textId="77777777" w:rsidR="007240C1" w:rsidRDefault="007240C1">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Darlington Property Mngmt.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Andrew </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Mngmt</w:t>
+        <w:t>Louwes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>.</w:t>
-[...14 lines deleted...]
-      <w:r>
         <w:tab/>
         <w:t>9905)261-1566</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-      <w:r>
         <w:t>Bowmanville</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    </w:p>
+    <w:p w14:paraId="4EF5A0A8" w14:textId="77777777" w:rsidR="007240C1" w:rsidRPr="0059307C" w:rsidRDefault="007240C1">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="402132DC" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Dave</w:t>
       </w:r>
       <w:r w:rsidR="00FC4C0B">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t>s Tree Service</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Dave Hendricks</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(519)-363-0493</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0059307C">
         <w:t>Chelsey</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00582E42" w:rsidRPr="0059307C" w:rsidRDefault="00582E42" w:rsidP="00582E42">
+    </w:p>
+    <w:p w14:paraId="54A8F5FE" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70F1E378" w14:textId="77777777" w:rsidR="00582E42" w:rsidRPr="0059307C" w:rsidRDefault="00582E42" w:rsidP="00582E42">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Dave</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
@@ -4130,1353 +3953,1273 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>613</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t>)-</w:t>
       </w:r>
       <w:r>
         <w:t>831-3870</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Ashton</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00582E42" w:rsidRPr="0059307C" w:rsidRDefault="00582E42">
-[...41 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="0AB05667" w14:textId="77777777" w:rsidR="00582E42" w:rsidRPr="0059307C" w:rsidRDefault="00582E42">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29EF5ECC" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Davey Tree Experts</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
-        <w:t xml:space="preserve">Terry </w:t>
+        <w:t>Terry Wharram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(905)-333-1034</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Various Locs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F14867C" w14:textId="77777777" w:rsidR="00FC4C0B" w:rsidRDefault="00FC4C0B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31781CBD" w14:textId="77777777" w:rsidR="00604B07" w:rsidRDefault="00604B07">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Davey Tree Experts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Mark Powell</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>05)-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>689-8389</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Orillia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F34265" w14:textId="77777777" w:rsidR="00604B07" w:rsidRDefault="00604B07">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A46FE52" w14:textId="77777777" w:rsidR="001E7FBE" w:rsidRDefault="001E7FBE" w:rsidP="001E7FBE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Davey Tree Experts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Mike Grey</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:t>416)241-7191</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F5641A">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Downsview</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="109783A2" w14:textId="77777777" w:rsidR="001E7FBE" w:rsidRDefault="001E7FBE" w:rsidP="001E7FBE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FA18A70" w14:textId="77777777" w:rsidR="001E7FBE" w:rsidRDefault="001E7FBE" w:rsidP="001E7FBE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Davey Tree Experts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Tim Holley</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:t>519</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>)-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>660-6271</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>London</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1348A117" w14:textId="77777777" w:rsidR="001E7FBE" w:rsidRDefault="001E7FBE" w:rsidP="001E7FBE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64589DE2" w14:textId="77777777" w:rsidR="001E7FBE" w:rsidRDefault="001E7FBE" w:rsidP="001E7FBE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Davey Tree Experts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Jason Eenling</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>(905)-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>707-0269</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Thornhill</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36ADDF96" w14:textId="77777777" w:rsidR="001E7FBE" w:rsidRDefault="001E7FBE" w:rsidP="001E7FBE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47675A54" w14:textId="77777777" w:rsidR="007240C1" w:rsidRDefault="007240C1" w:rsidP="007240C1">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Davey Tree Experts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>George Lamirande</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(613) 831-0225</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Ottawa</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63012460" w14:textId="77777777" w:rsidR="007240C1" w:rsidRDefault="007240C1" w:rsidP="001E7FBE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DDD6B3D" w14:textId="77777777" w:rsidR="00582E42" w:rsidRDefault="00582E42" w:rsidP="00582E42">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Davey Tree Experts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Chris </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0059307C">
-        <w:t>Wharram</w:t>
+      <w:r>
+        <w:t>Paribello</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0059307C">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Various </w:t>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>(905)-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>384-4125</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0059307C">
-        <w:t>Locs</w:t>
+      <w:r>
+        <w:t>Welland</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0059307C">
-[...26 lines deleted...]
-    <w:p w:rsidR="00604B07" w:rsidRDefault="00604B07">
+    </w:p>
+    <w:p w14:paraId="7267E05E" w14:textId="77777777" w:rsidR="00582E42" w:rsidRDefault="00582E42" w:rsidP="001E7FBE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="161774DB" w14:textId="77777777" w:rsidR="007240C1" w:rsidRDefault="007240C1" w:rsidP="007240C1">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Davey Tree Experts</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>Mark Powell</w:t>
-[...48 lines deleted...]
-    <w:p w:rsidR="001E7FBE" w:rsidRDefault="001E7FBE" w:rsidP="001E7FBE">
+        <w:t>Kevin Cassells</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(780) 433-8733</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Edmonton</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CEAAF08" w14:textId="77777777" w:rsidR="007240C1" w:rsidRDefault="007240C1" w:rsidP="001E7FBE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72498598" w14:textId="77777777" w:rsidR="00582E42" w:rsidRDefault="00582E42" w:rsidP="00582E42">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Davey Tree Experts</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r>
-        <w:t>Mike Grey</w:t>
-[...17 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">Chris </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Downsview</w:t>
+        <w:t>Deathe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...145 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t>(905)-</w:t>
       </w:r>
       <w:r>
-        <w:t>707-0269</w:t>
-[...323 lines deleted...]
-      <w:r>
         <w:t>333-0757</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Hamilton</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00582E42" w:rsidRDefault="00582E42" w:rsidP="001E7FBE">
-[...21 lines deleted...]
-    <w:p w:rsidR="009340FE" w:rsidRDefault="009340FE">
+    <w:p w14:paraId="09970132" w14:textId="77777777" w:rsidR="00582E42" w:rsidRDefault="00582E42" w:rsidP="001E7FBE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0115A114" w14:textId="77777777" w:rsidR="009340FE" w:rsidRDefault="009340FE">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Diamond Tree Care Inc.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Menken</w:t>
+        <w:t>Berny Menken</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905)-</w:t>
       </w:r>
       <w:r w:rsidR="001E7FBE">
         <w:t>878-6444</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Georgetown</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009340FE" w:rsidRDefault="009340FE">
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="35D11B70" w14:textId="77777777" w:rsidR="009340FE" w:rsidRDefault="009340FE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="321660BF" w14:textId="77777777" w:rsidR="00A70A0A" w:rsidRDefault="00A70A0A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Duplan Tree Service Inc.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>John Duplan</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">(519)- </w:t>
       </w:r>
       <w:r w:rsidR="003F3AF3">
         <w:t>640-9378</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>London</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A70A0A" w:rsidRDefault="00A70A0A">
-[...21 lines deleted...]
-    <w:p w:rsidR="00FC4C0B" w:rsidRDefault="00FC4C0B">
+    <w:p w14:paraId="1F8A4226" w14:textId="77777777" w:rsidR="00A70A0A" w:rsidRDefault="00A70A0A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16187F94" w14:textId="77777777" w:rsidR="00FC4C0B" w:rsidRDefault="00FC4C0B">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Durham Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Kevin O’Neil</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905)-263-2538</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-      <w:r>
         <w:t>Bowmanville</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="007240C1" w:rsidRDefault="007240C1">
+    </w:p>
+    <w:p w14:paraId="44E30717" w14:textId="77777777" w:rsidR="00445AA6" w:rsidRDefault="00445AA6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5493CB48" w14:textId="77777777" w:rsidR="007240C1" w:rsidRDefault="007240C1">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Doyle’s Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Frank Doyle</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(416) 759-2653</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Toronto</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007240C1" w:rsidRDefault="007240C1">
-[...21 lines deleted...]
-    <w:p w:rsidR="00445AA6" w:rsidRDefault="00445AA6">
+    <w:p w14:paraId="44EA5F66" w14:textId="77777777" w:rsidR="007240C1" w:rsidRDefault="007240C1">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E5AA884" w14:textId="77777777" w:rsidR="00445AA6" w:rsidRDefault="00445AA6">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Eagle Tree and Landscape </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Hal Falk</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(705)-</w:t>
       </w:r>
       <w:r w:rsidR="00DF1581">
         <w:t>472-1818</w:t>
       </w:r>
       <w:r w:rsidR="00DF1581">
         <w:tab/>
         <w:t>North Bay</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002960C9" w:rsidRDefault="002960C9">
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="26FFAF57" w14:textId="77777777" w:rsidR="002960C9" w:rsidRDefault="002960C9">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39F658EC" w14:textId="77777777" w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Enersource Hydro</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Ramla </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Pass</w:t>
       </w:r>
       <w:r w:rsidR="007240C1">
         <w:t>t</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905)-283-4224</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Mississauga</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
-[...21 lines deleted...]
-    <w:p w:rsidR="002960C9" w:rsidRDefault="002960C9">
+    <w:p w14:paraId="3ABE380A" w14:textId="77777777" w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E78BD76" w14:textId="77777777" w:rsidR="002960C9" w:rsidRDefault="002960C9">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Expetree</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Inc.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Scott </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Scott Rieck</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(705)727-0266</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F5641A">
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00285A6F">
         <w:t>Minesing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="009970BF" w:rsidRDefault="009970BF">
-[...21 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="69092BEF" w14:textId="77777777" w:rsidR="009970BF" w:rsidRDefault="009970BF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FE76863" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Fleming College</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
@@ -5484,1551 +5227,1497 @@
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Joe Outram</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00715CBB">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t>05)-324-9144</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Lindsay</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A7268" w:rsidRPr="0059307C" w:rsidRDefault="001A7268">
-[...20 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="0B9C5B69" w14:textId="77777777" w:rsidR="001A7268" w:rsidRPr="0059307C" w:rsidRDefault="001A7268">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="086B7C87" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Forest Glenn Tree Care</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
-        <w:t xml:space="preserve">Glenn </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Glenn Ramsbottom</w:t>
+      </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(705)-722-9860</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Sutt</w:t>
       </w:r>
       <w:r w:rsidR="001C0AF2">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t>n</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95EBF" w:rsidRDefault="00E95EBF">
-[...21 lines deleted...]
-    <w:p w:rsidR="00E95EBF" w:rsidRPr="0059307C" w:rsidRDefault="00E95EBF">
+    <w:p w14:paraId="1E94EF0F" w14:textId="77777777" w:rsidR="00E95EBF" w:rsidRDefault="00E95EBF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52A3C5C6" w14:textId="77777777" w:rsidR="00E95EBF" w:rsidRPr="0059307C" w:rsidRDefault="00E95EBF">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Four Seasons Tree Care</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Ken Lund</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(416)-410-8770</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>GTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
-[...20 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="6FE72707" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11D1192D" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Full Circle Tree Care</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001C0AF2">
         <w:t>Doug Steel</w:t>
       </w:r>
       <w:r w:rsidR="001C0AF2">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001C0AF2">
         <w:tab/>
         <w:t>(519)-827-9408</w:t>
       </w:r>
       <w:r w:rsidR="001C0AF2">
         <w:tab/>
         <w:t>Guelph</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="1DBFA0E7" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:sectPr w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidSect="00276A85">
-          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="default" r:id="rId7"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="1440" w:footer="1440" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
-[...20 lines deleted...]
-    <w:p w:rsidR="006C70CE" w:rsidRDefault="001E7FBE">
+    <w:p w14:paraId="5B8C7151" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35E4217E" w14:textId="77777777" w:rsidR="006C70CE" w:rsidRDefault="001E7FBE">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Greenstone Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Joe </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Joe Pouliot</w:t>
+      </w:r>
       <w:r w:rsidR="006C70CE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006C70CE">
         <w:tab/>
         <w:t>(905) 986-5783</w:t>
       </w:r>
       <w:r w:rsidR="006C70CE">
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006C70CE">
         <w:t>Neslton</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006C70CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C70CE" w:rsidRDefault="006C70CE">
-[...20 lines deleted...]
-    <w:p w:rsidR="006C70CE" w:rsidRPr="006C70CE" w:rsidRDefault="006C70CE" w:rsidP="006C70CE">
+    <w:p w14:paraId="0BE5BC4A" w14:textId="77777777" w:rsidR="006C70CE" w:rsidRDefault="006C70CE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07750A60" w14:textId="77777777" w:rsidR="006C70CE" w:rsidRPr="006C70CE" w:rsidRDefault="006C70CE" w:rsidP="006C70CE">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Greenworks Tree Care</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Paul Kreuzer</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905) 895-0240</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C70CE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Holland Landing</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E7FBE" w:rsidRDefault="001E7FBE">
-[...46 lines deleted...]
-        <w:t>-R- Down Tree Service</w:t>
+    <w:p w14:paraId="301BADCA" w14:textId="77777777" w:rsidR="001E7FBE" w:rsidRDefault="001E7FBE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30E6D89A" w14:textId="77777777" w:rsidR="009340FE" w:rsidRDefault="009340FE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Git-R- Down Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Wes Donaldson</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(613)-849-8789</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Brighton</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009340FE" w:rsidRDefault="009340FE">
-[...20 lines deleted...]
-    <w:p w:rsidR="00604B07" w:rsidRDefault="00604B07">
+    <w:p w14:paraId="23106AF5" w14:textId="77777777" w:rsidR="009340FE" w:rsidRDefault="009340FE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47E3F8C5" w14:textId="77777777" w:rsidR="00604B07" w:rsidRDefault="00604B07">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Great </w:t>
       </w:r>
       <w:r w:rsidR="003343D3">
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:t>akes Tree Service</w:t>
       </w:r>
       <w:r w:rsidR="003343D3">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003343D3">
         <w:tab/>
         <w:t>Andy Lake</w:t>
       </w:r>
       <w:r w:rsidR="003343D3">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003343D3">
         <w:tab/>
         <w:t>(905)-689-3728</w:t>
       </w:r>
       <w:r w:rsidR="003343D3">
         <w:tab/>
+        <w:t>Waterdown</w:t>
+      </w:r>
+      <w:r w:rsidR="003343D3">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003343D3">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FCB6726" w14:textId="77777777" w:rsidR="00582E42" w:rsidRDefault="00582E42">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0940DE85" w14:textId="77777777" w:rsidR="00604B07" w:rsidRDefault="00582E42">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Great Northern </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="003343D3">
-        <w:t>Waterdown</w:t>
+      <w:r>
+        <w:t>Regreenery</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="003343D3">
-[...48 lines deleted...]
-        <w:t xml:space="preserve">Great Northern </w:t>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Grant Reilly</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(905) 775-7444</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Bradford</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A55342" w14:textId="77777777" w:rsidR="00582E42" w:rsidRDefault="00582E42">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1977D4A2" w14:textId="77777777" w:rsidR="003343D3" w:rsidRDefault="003343D3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>G.R. Conservation Authority</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>John Stewart</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(519)-621-2761</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Cambridge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25251389" w14:textId="77777777" w:rsidR="003343D3" w:rsidRDefault="003343D3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A6B2997" w14:textId="77777777" w:rsidR="00C0777B" w:rsidRDefault="0064238C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Gardiner Tree Trimming</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0777B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C0777B">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Bill Gardiner</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(613)-6233780</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5641A">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Arnprior</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0777B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C0777B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C0777B">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C274FE3" w14:textId="77777777" w:rsidR="00C0777B" w:rsidRPr="0059307C" w:rsidRDefault="00C0777B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B307CA0" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Harrison Lawn &amp; Tree</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>William Harrison</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(705)-728-8908</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Midhurst</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E29D2B3" w14:textId="77777777" w:rsidR="00747B28" w:rsidRDefault="00747B28">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25850F4C" w14:textId="77777777" w:rsidR="003343D3" w:rsidRDefault="003343D3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Serpent Mounds Park</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Peter Burnett</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(705)-295-6879</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Keene</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA88A3B" w14:textId="77777777" w:rsidR="003343D3" w:rsidRDefault="003343D3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Hiawatha First Nations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68CBFF67" w14:textId="77777777" w:rsidR="003343D3" w:rsidRDefault="003343D3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="751209ED" w14:textId="77777777" w:rsidR="006C70CE" w:rsidRDefault="006C70CE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Hansford Tree Service</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Bruce Hansford</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(519) 485-6481</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Ingersoll</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5013BE6F" w14:textId="77777777" w:rsidR="006C70CE" w:rsidRDefault="006C70CE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="207D938D" w14:textId="77777777" w:rsidR="006C70CE" w:rsidRDefault="006C70CE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Huron Tree Service</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Jeff </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Regreenery</w:t>
+        <w:t>Baljlko</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Grant Reilly</w:t>
-[...140 lines deleted...]
-        <w:tab/>
+        <w:t>(519) 565-5068</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Bayfield</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9238EE" w14:textId="77777777" w:rsidR="006C70CE" w:rsidRDefault="006C70CE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="609EB87C" w14:textId="77777777" w:rsidR="00073FFE" w:rsidRDefault="00073FFE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Hyland Tree Care</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>David Hyland</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(705)-772-8733</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Lakefield</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44184576" w14:textId="77777777" w:rsidR="00073FFE" w:rsidRDefault="00073FFE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="722DA697" w14:textId="77777777" w:rsidR="00C647F1" w:rsidRPr="0059307C" w:rsidRDefault="00C647F1">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Hydro One</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Dalton Sproule</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(613)-848-5859</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Belleville</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5CF02E" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74770254" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t xml:space="preserve">Integrated </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>Arnprior</w:t>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Forestree</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C0777B">
-[...279 lines deleted...]
-        <w:t xml:space="preserve">Jeff </w:t>
+      <w:r w:rsidRPr="0059307C">
+        <w:t xml:space="preserve"> Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Andrew Boyd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(613)-599-9088</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Ottawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A146C1" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A2425DF" w14:textId="77777777" w:rsidR="0064238C" w:rsidRDefault="0064238C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Ivan’s Tree Service</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Ivan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Baljlko</w:t>
+        <w:t>vanLeeuwen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:tab/>
-      </w:r>
-[...134 lines deleted...]
-        <w:t xml:space="preserve">Dalton </w:t>
+        <w:t>(613)-376-3338</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Sproule</w:t>
+        <w:t>Harrowsmith</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...173 lines deleted...]
-    <w:p w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
+    </w:p>
+    <w:p w14:paraId="27CD81A1" w14:textId="77777777" w:rsidR="0064238C" w:rsidRDefault="0064238C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11F2B803" w14:textId="77777777" w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">J &amp; A </w:t>
       </w:r>
       <w:r w:rsidR="0064238C">
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:t>ree Service</w:t>
       </w:r>
       <w:r w:rsidR="0064238C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0064238C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0064238C">
         <w:tab/>
         <w:t>Jim Madden</w:t>
       </w:r>
       <w:r w:rsidR="0064238C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0064238C">
         <w:tab/>
         <w:t>(613)-273-6378</w:t>
       </w:r>
       <w:r w:rsidR="0064238C">
         <w:tab/>
         <w:t>Godfrey</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
-[...62 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w14:paraId="2789F93F" w14:textId="77777777" w:rsidR="003F3AF3" w:rsidRDefault="003F3AF3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="732BBB87" w14:textId="77777777" w:rsidR="001B6316" w:rsidRDefault="001B6316">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Jeff Bron Tree Service</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Jeff Bron</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(613)-257-2586</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Lanark</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A0130A" w:rsidRPr="0059307C" w:rsidRDefault="00A0130A">
-[...20 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="6FC61B7B" w14:textId="77777777" w:rsidR="00A0130A" w:rsidRPr="0059307C" w:rsidRDefault="00A0130A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E193E30" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Kelly</w:t>
       </w:r>
       <w:r w:rsidR="00A0130A">
         <w:t>’</w:t>
@@ -7039,914 +6728,888 @@
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001B6316">
         <w:t>atricia Thompson</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(416)-462-007</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Scarborough</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
-[...20 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="49737EB2" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ED04289" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Lakeside Tree Experts</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t>Doug Reynolds</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(705)-722-4800</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Barrie</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
-[...39 lines deleted...]
-        <w:ind w:left="7920" w:hanging="7920"/>
+    <w:p w14:paraId="469573BC" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E85D7C6" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Landgraff Tree Service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>David Landgraff</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(519)-945-4385</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Windsor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB3B706" w14:textId="77777777" w:rsidR="007F79E2" w:rsidRDefault="007F79E2">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C8130D4" w14:textId="77777777" w:rsidR="006C70CE" w:rsidRDefault="006C70CE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Logan Tree Experts</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Matt Logan</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(705) 652-6916</w:t>
+      </w:r>
+      <w:r w:rsidR="00526F17">
+        <w:tab/>
+        <w:t>Lakefield</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="133B1214" w14:textId="77777777" w:rsidR="006C70CE" w:rsidRDefault="006C70CE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C3153AB" w14:textId="77777777" w:rsidR="007F79E2" w:rsidRPr="0059307C" w:rsidRDefault="007F79E2">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Lott’s Tree Care</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Greg Lott</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(613)-477-1145</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Roslin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B63AF1F" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A421698" w14:textId="77777777" w:rsidR="00923DBF" w:rsidRDefault="00923DBF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0059307C">
-        <w:t>Landgraff</w:t>
+      <w:r>
+        <w:t>Manotick</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0059307C">
-[...208 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Tree Movers</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Evelyn Stevens</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">(613) 489-1116 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>North Gower</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00923DBF" w:rsidRPr="0059307C" w:rsidRDefault="00923DBF">
-[...20 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="0469B970" w14:textId="77777777" w:rsidR="00923DBF" w:rsidRPr="0059307C" w:rsidRDefault="00923DBF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66FBA699" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Maple Hill Tree Services</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Greg Hill</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(905)-824-2100</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Milton</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1581" w:rsidRDefault="00DF1581">
-[...21 lines deleted...]
-    <w:p w:rsidR="00C0777B" w:rsidRDefault="00A0130A">
+    <w:p w14:paraId="5F331C2A" w14:textId="77777777" w:rsidR="00DF1581" w:rsidRDefault="00DF1581">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46CC5644" w14:textId="77777777" w:rsidR="00C0777B" w:rsidRDefault="00A0130A">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Marvel Rapids Golf Course</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Doug Osbo</w:t>
       </w:r>
       <w:r w:rsidR="00C0777B">
         <w:t>rn</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C0777B">
         <w:tab/>
         <w:t>(705)-656-4653</w:t>
       </w:r>
       <w:r w:rsidR="00C0777B">
         <w:tab/>
+        <w:t xml:space="preserve">Apsley </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281654D5" w14:textId="77777777" w:rsidR="002C764E" w:rsidRDefault="002C764E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BC138F5" w14:textId="77777777" w:rsidR="002C764E" w:rsidRDefault="002C764E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>McDonald Forestry</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Steve McDonald</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(416)-686-1407</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Scarborough</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB2F714" w14:textId="77777777" w:rsidR="00A0130A" w:rsidRDefault="00C0777B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72BD9FA4" w14:textId="77777777" w:rsidR="00DF1581" w:rsidRPr="0059307C" w:rsidRDefault="00DF1581">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>McGuire’s Tree Guys</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Shawn McGuire</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(705)-564-9152</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C0777B">
-        <w:t>Apsley</w:t>
+      <w:r>
+        <w:t>Blezard</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C0777B">
-[...133 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Valley</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA24D90" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4086783C" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Municipality of Brocton</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Jeff Walter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(519)-881-0625</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Walkerton</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01BF776F" w14:textId="77777777" w:rsidR="009970BF" w:rsidRDefault="009970BF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29558470" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Muskoka Tree Works</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Peter Vance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(705)-646-1413</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>Blezard</w:t>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Bracebridge</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...89 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
+    </w:p>
+    <w:p w14:paraId="50C68F7C" w14:textId="77777777" w:rsidR="00130C14" w:rsidRDefault="00130C14">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C7B6DDF" w14:textId="77777777" w:rsidR="00130C14" w:rsidRPr="0059307C" w:rsidRDefault="00130C14">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0059307C">
-        <w:t>Muskoka</w:t>
+      <w:r>
+        <w:t>Neerhof’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0059307C">
-[...20 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:t xml:space="preserve"> Tree Removal</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Jim </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0059307C">
-        <w:t>Bracebridge</w:t>
+      <w:r>
+        <w:t>Neerhof</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...62 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(519)-935-3148</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Shallow Lake</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
-[...20 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="5632FE72" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D582DC2" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Niagara College</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
@@ -7959,736 +7622,721 @@
         <w:t xml:space="preserve">Don </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0059307C">
         <w:t>Papple</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(905)</w:t>
       </w:r>
       <w:r w:rsidR="004170F6">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t>641-4463</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Niagara O.L</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95EBF" w:rsidRDefault="00E95EBF">
-[...21 lines deleted...]
-    <w:p w:rsidR="00073FFE" w:rsidRDefault="00073FFE">
+    <w:p w14:paraId="3AE05D38" w14:textId="77777777" w:rsidR="00E95EBF" w:rsidRDefault="00E95EBF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C64FCFE" w14:textId="77777777" w:rsidR="00073FFE" w:rsidRDefault="00073FFE">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Niagara Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0051636C">
         <w:t>Bill Buchanan</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905)-</w:t>
       </w:r>
       <w:r w:rsidR="0051636C">
         <w:t>321-8117</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0051636C">
         <w:t>Fonthill</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="594A7955" w14:textId="77777777" w:rsidR="00073FFE" w:rsidRDefault="00073FFE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="191DA2A6" w14:textId="77777777" w:rsidR="00923DBF" w:rsidRDefault="00923DBF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Niking</w:t>
+      </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...22 lines deleted...]
-    <w:p w:rsidR="00923DBF" w:rsidRDefault="00923DBF">
+      <w:r>
+        <w:t xml:space="preserve"> Tree Service</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Erik Bostrom</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(416)588-9645</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F5641A">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Toronto</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F57BF2" w14:textId="77777777" w:rsidR="00923DBF" w:rsidRDefault="00923DBF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04A0AAE4" w14:textId="06BA0A5F" w:rsidR="003343D3" w:rsidRDefault="003343D3">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Niking</w:t>
+        <w:t>Nimigon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Erik </w:t>
+        <w:t xml:space="preserve">Dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Bostrom</w:t>
+        <w:t>Nimigon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>(416)588-9645</w:t>
-[...53 lines deleted...]
-      </w:pPr>
+        <w:t>(705</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4A08">
+        <w:t>) 772-7968</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Peterb</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4A08">
+        <w:t>orough</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C8943E" w14:textId="77777777" w:rsidR="003343D3" w:rsidRDefault="003343D3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03EBD6D5" w14:textId="77777777" w:rsidR="00604B07" w:rsidRDefault="00604B07">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Norm’s Tree Service</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Tina </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Nimigon</w:t>
+        <w:t>Malbrecht</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> Tree Service</w:t>
-[...93 lines deleted...]
-      <w:r>
         <w:tab/>
         <w:t>(519)-225-2596</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Lucan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00604B07" w:rsidRDefault="00604B07">
-[...21 lines deleted...]
-    <w:p w:rsidR="00644580" w:rsidRDefault="00644580">
+    <w:p w14:paraId="099D67B9" w14:textId="77777777" w:rsidR="00604B07" w:rsidRDefault="00604B07">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76A0DC7A" w14:textId="77777777" w:rsidR="00644580" w:rsidRDefault="00644580">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Oakhill Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Garrett Brown</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(519) 751-3483</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Brantford </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00644580" w:rsidRDefault="00644580">
-[...21 lines deleted...]
-    <w:p w:rsidR="009340FE" w:rsidRDefault="009340FE">
+    <w:p w14:paraId="14371DF9" w14:textId="77777777" w:rsidR="00644580" w:rsidRDefault="00644580">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2185916E" w14:textId="77777777" w:rsidR="009340FE" w:rsidRDefault="009340FE">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Ontario Line Clearing</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Matt </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Matt Wharram</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905)-372-6706</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Cobourg</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009340FE" w:rsidRDefault="009340FE">
-[...21 lines deleted...]
-    <w:p w:rsidR="004170F6" w:rsidRDefault="00E95EBF">
+    <w:p w14:paraId="1C28F6BD" w14:textId="77777777" w:rsidR="009340FE" w:rsidRDefault="009340FE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A8E78F7" w14:textId="77777777" w:rsidR="004170F6" w:rsidRDefault="00E95EBF">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Orangutan Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Lou </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Lou Shortt</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(705)-282-7723</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Manitoulin </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E95EBF" w:rsidRDefault="00E95EBF">
-[...21 lines deleted...]
-    <w:p w:rsidR="004170F6" w:rsidRDefault="004170F6">
+    <w:p w14:paraId="76C3806E" w14:textId="77777777" w:rsidR="00E95EBF" w:rsidRDefault="00E95EBF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="452300F5" w14:textId="77777777" w:rsidR="004170F6" w:rsidRDefault="004170F6">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Ottawa Arborists</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Joe Sullivan</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(613)-880-9179</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Carleton Place</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004170F6" w:rsidRDefault="004170F6">
-[...21 lines deleted...]
-    <w:p w:rsidR="0064238C" w:rsidRDefault="0064238C">
+    <w:p w14:paraId="6AE8A0BA" w14:textId="77777777" w:rsidR="004170F6" w:rsidRDefault="004170F6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="796AE4B8" w14:textId="77777777" w:rsidR="0064238C" w:rsidRDefault="0064238C">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Pavey Tree</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Phil Pavey</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(705)-635-8733</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Dwight</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0064238C" w:rsidRDefault="0064238C">
-[...21 lines deleted...]
-    <w:p w:rsidR="002C764E" w:rsidRDefault="002C764E">
+    <w:p w14:paraId="14D56F71" w14:textId="77777777" w:rsidR="0064238C" w:rsidRDefault="0064238C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B20FA9F" w14:textId="77777777" w:rsidR="002C764E" w:rsidRDefault="002C764E">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Phillips Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
@@ -8696,1468 +8344,1375 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Scott Phillips</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(613)-634</w:t>
       </w:r>
       <w:r w:rsidR="003F3AF3">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>2555</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Bath</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C764E" w:rsidRDefault="002C764E">
-[...21 lines deleted...]
-    <w:p w:rsidR="00146527" w:rsidRDefault="00146527">
+    <w:p w14:paraId="1B3B84EC" w14:textId="77777777" w:rsidR="002C764E" w:rsidRDefault="002C764E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55671F6F" w14:textId="77777777" w:rsidR="00146527" w:rsidRDefault="00146527">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r>
         <w:t>Pinnacle Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Greg Templeton</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(519)-576-1213</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>St. Agatha</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00146527" w:rsidRDefault="00146527">
-[...42 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="702DCD06" w14:textId="77777777" w:rsidR="00146527" w:rsidRDefault="00146527">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="281F4802" w14:textId="77777777" w:rsidR="009340FE" w:rsidRDefault="009340FE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
       <w:r>
         <w:t>Professional Tree Service Inc</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Ross </w:t>
+        <w:t>Ross Sillery</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(807)-468-6966</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Keewatin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="531A2CB2" w14:textId="77777777" w:rsidR="009340FE" w:rsidRDefault="009340FE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E319CCE" w14:textId="643478F3" w:rsidR="00644580" w:rsidRDefault="00644580">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Pro- Prune </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Gordon Tullock</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(705) 741-4100</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB4A08">
+        <w:t>Peterborough</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40595324" w14:textId="77777777" w:rsidR="00674677" w:rsidRDefault="00674677">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DD770C8" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Quick Shade Tree Service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Jeff Cook</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(519)-666-1775</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>Sillery</w:t>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Denfield</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">Gordon </w:t>
+    </w:p>
+    <w:p w14:paraId="0D0E874B" w14:textId="77777777" w:rsidR="00534C1D" w:rsidRDefault="00534C1D">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01690B89" w14:textId="77777777" w:rsidR="00526F17" w:rsidRDefault="00526F17">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Royal Tree Service</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Alex Nicholson</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(514) 5832777</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Tullock</w:t>
+        <w:t>Senneville</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:tab/>
-[...4 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> QB</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35EC3E98" w14:textId="77777777" w:rsidR="00526F17" w:rsidRPr="0059307C" w:rsidRDefault="00526F17">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="432A0D0F" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Ryan Marshal Tree Service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Ryan Marshal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(519)-372-7968</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Sauble Beach</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F43D476" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="283A8ECE" w14:textId="77777777" w:rsidR="00DE00A3" w:rsidRDefault="00DE00A3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Shady Lane Expert Tree Care</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Heather McLachlan</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(905)-773-5906</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Newmarket</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="698549CD" w14:textId="77777777" w:rsidR="00DE00A3" w:rsidRDefault="00DE00A3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="396D3CED" w14:textId="77777777" w:rsidR="00FC4C0B" w:rsidRDefault="00FC4C0B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Peterbough</w:t>
+        <w:t>Skratt’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...61 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:t xml:space="preserve"> Tree Service</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Mike </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0059307C">
-        <w:t>Denfield</w:t>
+      <w:r>
+        <w:t>Skratt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...204 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(905)-373-0533</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Cobourg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC728D0" w14:textId="77777777" w:rsidR="00C647F1" w:rsidRDefault="00C647F1">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29758FCD" w14:textId="77777777" w:rsidR="00CA2EA3" w:rsidRDefault="00CA2EA3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Summitt Tree Service</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Dean Howard</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(519) 868-9830</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Melbourne</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1A75F4" w14:textId="77777777" w:rsidR="00CA2EA3" w:rsidRDefault="00CA2EA3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="782BDA3E" w14:textId="77777777" w:rsidR="00723296" w:rsidRDefault="00723296">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Tim Allen’s Aerial Services</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Tim Allen</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(613)-345-2345</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Brockville</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45607D1A" w14:textId="77777777" w:rsidR="00DE00A3" w:rsidRDefault="00DE00A3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21AC1C99" w14:textId="77777777" w:rsidR="00DE00A3" w:rsidRDefault="00DE00A3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Timberlane Tree Service</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Shane Blakelock</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(905)-7789438</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5641A">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
         <w:t>Newmarket</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...296 lines deleted...]
-    <w:p w:rsidR="0045724D" w:rsidRDefault="0045724D" w:rsidP="0045724D">
+    </w:p>
+    <w:p w14:paraId="62D1DE5D" w14:textId="77777777" w:rsidR="0045724D" w:rsidRDefault="0045724D" w:rsidP="0045724D">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+    <w:p w14:paraId="284C8C40" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Total Tree Care</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Eugene Stevens</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(905)-574-4532</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Hamilton</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0051636C" w:rsidRDefault="0051636C">
-[...20 lines deleted...]
-    <w:p w:rsidR="00644580" w:rsidRDefault="00644580">
+    <w:p w14:paraId="1BAD2D66" w14:textId="77777777" w:rsidR="0051636C" w:rsidRDefault="0051636C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DB353BB" w14:textId="77777777" w:rsidR="00644580" w:rsidRDefault="00644580">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Total Tree Service Inc.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Gavin Watson</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905) 862-2525</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-      <w:r>
         <w:t>Whitby</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...31 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A0172F" w14:textId="77777777" w:rsidR="00644580" w:rsidRPr="0059307C" w:rsidRDefault="00644580">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FA62F47" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="7920"/>
       </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Town of Ajax</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FC4C0B">
-        <w:t xml:space="preserve">Garry </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Garry Durnan</w:t>
+      </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(905)-683-2951</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>Ajax</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> Hills</w:t>
+    <w:p w14:paraId="5570A264" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D12A9DF" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Town of Halton Hills</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00346076">
         <w:t>Kei</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:t>th Smiley</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(905)-873-2601</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
-      </w:r>
+        <w:t>Halton Hills</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="300BBE28" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D8ADED2" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:t>Town of Oakville</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Richard Jean</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(905)-845-6601</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Oakville</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6392F368" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1790C3CF" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0059307C">
+        <w:lastRenderedPageBreak/>
+        <w:t>Town of Whitby</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>William Galbraith</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>(905)-668-4591</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Whitby</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27B4ACAD" w14:textId="77777777" w:rsidR="009970BF" w:rsidRDefault="009970BF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59511F78" w14:textId="77777777" w:rsidR="00644580" w:rsidRDefault="00644580">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0059307C">
-        <w:t>Halton</w:t>
+      <w:r>
+        <w:t>TreeifficTree</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0059307C">
-[...191 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">James </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>James Papia</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905) 982-1998</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Port Perry</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00644580" w:rsidRDefault="00644580">
-[...42 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+    <w:p w14:paraId="18312865" w14:textId="77777777" w:rsidR="00644580" w:rsidRDefault="00644580">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30E77073" w14:textId="77777777" w:rsidR="003706CC" w:rsidRPr="0059307C" w:rsidRDefault="003706CC">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="7920"/>
+      </w:pPr>
       <w:r w:rsidRPr="0059307C">
         <w:t>Treescape</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0059307C">
+        <w:tab/>
+        <w:t>Mike Crough</w:t>
+      </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
         <w:t>(705)-292-4280</w:t>
       </w:r>
       <w:r w:rsidRPr="0059307C">
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0059307C">
         <w:t>Ennismore</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="003706CC" w:rsidRDefault="003706CC">
+    </w:p>
+    <w:p w14:paraId="39D1C9BD" w14:textId="77777777" w:rsidR="003706CC" w:rsidRDefault="003706CC">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Shruti" w:cs="Shruti"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00923DBF" w:rsidRPr="00923DBF" w:rsidRDefault="00923DBF">
+    <w:p w14:paraId="403528F5" w14:textId="77777777" w:rsidR="00923DBF" w:rsidRPr="00923DBF" w:rsidRDefault="00923DBF">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00923DBF">
         <w:t>Tri-County</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Shruti" w:cs="Shruti"/>
@@ -10188,1310 +9743,1279 @@
       <w:r w:rsidRPr="00923DBF">
         <w:t xml:space="preserve">Jesse </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00923DBF">
         <w:t>Radlecik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00923DBF">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00923DBF">
         <w:t>(519) 318-2855</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Grand Bend</w:t>
       </w:r>
       <w:r w:rsidRPr="00923DBF">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00923DBF" w:rsidRDefault="00923DBF">
+    <w:p w14:paraId="52711BEA" w14:textId="77777777" w:rsidR="00923DBF" w:rsidRDefault="00923DBF">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Shruti" w:cs="Shruti"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B6316" w:rsidRPr="001B6316" w:rsidRDefault="001B6316" w:rsidP="001B6316">
+    <w:p w14:paraId="5848C2D6" w14:textId="77777777" w:rsidR="001B6316" w:rsidRPr="001B6316" w:rsidRDefault="001B6316" w:rsidP="001B6316">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="001B6316">
         <w:t>Trillium Tree Experts</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Wayne </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Wayne Quin</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(613)-592-6796</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Kanata</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B6316" w:rsidRDefault="001B6316" w:rsidP="001B6316">
+    <w:p w14:paraId="7A677BFB" w14:textId="77777777" w:rsidR="001B6316" w:rsidRDefault="001B6316" w:rsidP="001B6316">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Shruti" w:cs="Shruti"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00526F17" w:rsidRDefault="00526F17" w:rsidP="00526F17">
+    <w:p w14:paraId="6F0C5021" w14:textId="77777777" w:rsidR="00526F17" w:rsidRDefault="00526F17" w:rsidP="00526F17">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Upper Canada Tree Services</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Iain Pike</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(416) 805-8194</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Markham</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00747B28" w:rsidRDefault="00747B28">
-[...20 lines deleted...]
-    <w:p w:rsidR="00747B28" w:rsidRDefault="00526F17">
+    <w:p w14:paraId="466AFD3F" w14:textId="77777777" w:rsidR="00747B28" w:rsidRDefault="00747B28">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11822C16" w14:textId="77777777" w:rsidR="00747B28" w:rsidRDefault="00526F17">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Upper Canopy Corp.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-      </w:r>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Roxane Monette</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
         <w:t>(613) 445-0668</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Ottawa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00526F17" w:rsidRDefault="00526F17">
-[...20 lines deleted...]
-    <w:p w:rsidR="00073FFE" w:rsidRDefault="00073FFE">
+    <w:p w14:paraId="49E2056F" w14:textId="77777777" w:rsidR="00526F17" w:rsidRDefault="00526F17">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EF74B10" w14:textId="77777777" w:rsidR="00073FFE" w:rsidRDefault="00073FFE">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Uxbridge Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>David Watts</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905)-852-5313</w:t>
       </w:r>
       <w:r w:rsidR="00747B28">
         <w:tab/>
         <w:t>Uxbridge</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00073FFE" w:rsidRDefault="00073FFE">
-[...20 lines deleted...]
-    <w:p w:rsidR="009340FE" w:rsidRDefault="009340FE">
+    <w:p w14:paraId="7007998C" w14:textId="77777777" w:rsidR="00073FFE" w:rsidRDefault="00073FFE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E9A900F" w14:textId="77777777" w:rsidR="009340FE" w:rsidRDefault="009340FE">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Van Dyke’s Tree Care</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00073FFE">
         <w:t>Larry Van Dyke</w:t>
       </w:r>
       <w:r w:rsidR="00073FFE">
         <w:tab/>
         <w:t>(905)-8881166</w:t>
       </w:r>
       <w:r w:rsidR="00F5641A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00073FFE">
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-      <w:r w:rsidR="00073FFE">
         <w:t>Stouffville</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="001B6316" w:rsidRDefault="001B6316">
+    </w:p>
+    <w:p w14:paraId="3A95878F" w14:textId="77777777" w:rsidR="009340FE" w:rsidRDefault="009340FE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="157E5963" w14:textId="77777777" w:rsidR="001B6316" w:rsidRDefault="001B6316">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="001B6316">
         <w:t>Waterloo North Hydro</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Jeff </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Jeff Polzin</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D61BC8">
         <w:t>(519)-886-5090</w:t>
       </w:r>
       <w:r w:rsidR="00D61BC8">
         <w:tab/>
         <w:t>Waterloo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445AA6" w:rsidRDefault="00445AA6">
-[...20 lines deleted...]
-    <w:p w:rsidR="00445AA6" w:rsidRDefault="00445AA6">
+    <w:p w14:paraId="2B37D5AD" w14:textId="77777777" w:rsidR="00445AA6" w:rsidRDefault="00445AA6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="180D15DB" w14:textId="77777777" w:rsidR="00445AA6" w:rsidRDefault="00445AA6">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Wayne’s Tree Removal</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Wayne Griffin</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(519)-843-4367</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Rockwood</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C46E7" w:rsidRDefault="009C46E7">
-[...20 lines deleted...]
-    <w:p w:rsidR="00146527" w:rsidRDefault="00146527">
+    <w:p w14:paraId="490C3B63" w14:textId="77777777" w:rsidR="009C46E7" w:rsidRDefault="009C46E7">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="754F3415" w14:textId="77777777" w:rsidR="00146527" w:rsidRDefault="00146527">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Wes’s Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Wes </w:t>
+        <w:t>Wes Renyolds</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>(705)-487-9976</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Renyolds</w:t>
+        <w:t>Hawestone</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...36 lines deleted...]
-    <w:p w:rsidR="0064238C" w:rsidRDefault="0064238C">
+    </w:p>
+    <w:p w14:paraId="7A8DF1C7" w14:textId="77777777" w:rsidR="00146527" w:rsidRDefault="00146527">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32814BB7" w14:textId="77777777" w:rsidR="0064238C" w:rsidRDefault="0064238C">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Wight’s Tree Service</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Wilfred Wight</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(905)-989-2340</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Sutton West</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0064238C" w:rsidRDefault="0064238C">
-[...20 lines deleted...]
-    <w:p w:rsidR="009C46E7" w:rsidRDefault="009C46E7">
+    <w:p w14:paraId="25427F07" w14:textId="77777777" w:rsidR="0064238C" w:rsidRDefault="0064238C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="030FF754" w14:textId="77777777" w:rsidR="009C46E7" w:rsidRDefault="009C46E7">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Wilderness Vegetation Mgmt.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Heidi McLaren</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>(705)-856</w:t>
       </w:r>
       <w:r w:rsidR="00715CBB">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>9525</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Wawa</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA2EA3" w:rsidRDefault="00CA2EA3">
-[...20 lines deleted...]
-    <w:p w:rsidR="00CA2EA3" w:rsidRDefault="00CA2EA3">
+    <w:p w14:paraId="16900572" w14:textId="77777777" w:rsidR="00CA2EA3" w:rsidRDefault="00CA2EA3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E2D952C" w14:textId="77777777" w:rsidR="00CA2EA3" w:rsidRDefault="00CA2EA3">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Wyomi</w:t>
       </w:r>
       <w:r w:rsidR="00BF1993">
         <w:t>ng tree Service</w:t>
       </w:r>
       <w:r w:rsidR="00BF1993">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BF1993">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BF1993">
         <w:tab/>
         <w:t>Tim Wilkins</w:t>
       </w:r>
       <w:r w:rsidR="00BF1993">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BF1993">
         <w:tab/>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>519) 845-0847</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Wyoming</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445AA6" w:rsidRDefault="00445AA6">
-[...83 lines deleted...]
-    <w:p w:rsidR="00F971DD" w:rsidRDefault="00F971DD">
+    <w:p w14:paraId="25C090A7" w14:textId="77777777" w:rsidR="00445AA6" w:rsidRDefault="00445AA6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="677A1E13" w14:textId="77777777" w:rsidR="00130C14" w:rsidRDefault="00130C14">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52E09CB6" w14:textId="77777777" w:rsidR="00130C14" w:rsidRDefault="00130C14">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DE8DBD8" w14:textId="77777777" w:rsidR="00F971DD" w:rsidRDefault="00F971DD">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3946AC42" w14:textId="77777777" w:rsidR="00F971DD" w:rsidRDefault="00F971DD">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F971DD" w:rsidSect="003706CC">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="1440" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00835C17" w:rsidRDefault="00835C17">
+    <w:p w14:paraId="3574B747" w14:textId="77777777" w:rsidR="00835C17" w:rsidRDefault="00835C17">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00835C17" w:rsidRDefault="00835C17">
+    <w:p w14:paraId="1A7621FC" w14:textId="77777777" w:rsidR="00835C17" w:rsidRDefault="00835C17">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Shruti">
-    <w:panose1 w:val="020B0502040204020203"/>
+    <w:panose1 w:val="02000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00040003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00276A85" w:rsidRDefault="00276A85">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="18FB5B65" w14:textId="77777777" w:rsidR="00276A85" w:rsidRDefault="00276A85">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="002F487D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00276A85" w:rsidRDefault="00276A85">
+  <w:p w14:paraId="7DEDE623" w14:textId="77777777" w:rsidR="00276A85" w:rsidRDefault="00276A85">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00835C17" w:rsidRDefault="00835C17">
+    <w:p w14:paraId="4D320A5F" w14:textId="77777777" w:rsidR="00835C17" w:rsidRDefault="00835C17">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00835C17" w:rsidRDefault="00835C17">
+    <w:p w14:paraId="7DDE1AFC" w14:textId="77777777" w:rsidR="00835C17" w:rsidRDefault="00835C17">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
       <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:3in;height:3in" o:bullet="t"/>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
       <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:3in;height:3in" o:bullet="t"/>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
     <w:pict>
       <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:3in;height:3in" o:bullet="t"/>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="3">
     <w:pict>
       <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:3in;height:3in" o:bullet="t"/>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="4">
     <w:pict>
       <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:3in;height:3in" o:bullet="t"/>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="5">
     <w:pict>
       <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:3in;height:3in" o:bullet="t"/>
     </w:pict>
   </w:numPicBullet>
-  <w:abstractNum w:abstractNumId="0">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="78CCC3FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="222EA088"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="97F896EE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C780347A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3D0A257C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="AF3C40CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D00AA954"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2ECEF4AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D7705CAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3000E30E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="76F879DA"/>
     <w:name w:val="1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1%2"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2%3"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -11506,51 +11030,51 @@
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5%6"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6%7"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7%8"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04903554"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="295882C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11646,51 +11170,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E6745ED"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9CBEA2C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11786,51 +11310,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18290A1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F230A0AE"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2445"/>
         </w:tabs>
         <w:ind w:left="2445" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11926,51 +11450,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="7485"/>
         </w:tabs>
         <w:ind w:left="7485" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8205"/>
         </w:tabs>
         <w:ind w:left="8205" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="198D7336"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="905E10E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12067,51 +11591,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DC41F6A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="90CC77B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -12180,70 +11704,70 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EA6049E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BA6C7A10"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28E5205B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B4D036B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12340,51 +11864,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E5B0AAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0FA8F7A4"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12453,51 +11977,51 @@
     <w:lvl w:ilvl="7" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31292BFD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B4D036B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12594,51 +12118,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3284240C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="905E10E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12735,51 +12259,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="353B500A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B4D036B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12876,51 +12400,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3563578E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="905E10E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13017,51 +12541,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="382D575F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="57B647E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlPicBulletId w:val="4"/>
@@ -13169,51 +12693,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="384C0D17"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="240C42C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13309,51 +12833,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AFD44EF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AEAEF2A6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13450,51 +12974,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BD05B26"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="28DE1DDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13599,51 +13123,51 @@
         </w:tabs>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C8568EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A76EC110"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -13712,51 +13236,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="458C45D6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B66A7CE8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13861,51 +13385,51 @@
         </w:tabs>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45992EEE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="905E10E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14002,51 +13526,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49404D6B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A6162996"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="16"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
@@ -14150,51 +13674,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="530476B7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="240C42C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14290,51 +13814,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53867B60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3766528"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14430,51 +13954,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8280"/>
         </w:tabs>
         <w:ind w:left="8280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58574636"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B66A7CE8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14579,51 +14103,51 @@
         </w:tabs>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59345CEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CC8A1A0"/>
     <w:lvl w:ilvl="0" w:tplc="10090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2445"/>
         </w:tabs>
         <w:ind w:left="2445" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14719,51 +14243,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="7485"/>
         </w:tabs>
         <w:ind w:left="7485" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8205"/>
         </w:tabs>
         <w:ind w:left="8205" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61E84AA4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="905E10E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14860,51 +14384,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62AD5060"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7F4C24EC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1140"/>
         </w:tabs>
         <w:ind w:left="1140" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15000,51 +14524,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="8280"/>
         </w:tabs>
         <w:ind w:left="8280" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BFD1BC0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A6E2B62A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -15113,51 +14637,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75C2682D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EF44B206"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -15226,51 +14750,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76667362"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="441AF334"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -15367,51 +14891,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CE6602D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5CA485C6"/>
     <w:lvl w:ilvl="0" w:tplc="1B7A7C24">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="389"/>
         </w:tabs>
         <w:ind w:left="389" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
         <w:color w:val="202020"/>
         <w:w w:val="103"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -15508,51 +15032,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5429"/>
         </w:tabs>
         <w:ind w:left="5429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6149"/>
         </w:tabs>
         <w:ind w:left="6149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FC03586"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="370AC36C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="644"/>
         </w:tabs>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -15621,51 +15145,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="950355767">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="5"/>
       <w:lvl w:ilvl="0">
         <w:start w:val="5"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1%2"/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%2%3"/>
@@ -15696,51 +15220,51 @@
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%5%6"/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="6">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%6%7"/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%7%8"/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1526478964">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%2"/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="2">
@@ -15774,209 +15298,211 @@
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%6"/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="6">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%7"/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%8"/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1893737296">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="679505312">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2143423968">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="121927155">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="256334306">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1278024339">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="696585308">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="548804540">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="399207771">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="2039037897">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1046754976">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1315985656">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1122502488">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1657345460">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1563637857">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="655571209">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1307779934">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1052079367">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1227061240">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1438020501">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1388184217">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1782648223">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="545945120">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="961155016">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1240597146">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="354307653">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1413043054">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="2124423598">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="605962521">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="913901905">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="687290831">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="906384311">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="788931837">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1619871538">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1346321706">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="1186141657">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1467090480">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1974480440">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="93785806">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="2023431456">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1815679806">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003706CC"/>
     <w:rsid w:val="000141A5"/>
     <w:rsid w:val="0002782A"/>
     <w:rsid w:val="00027DA0"/>
     <w:rsid w:val="00042E04"/>
     <w:rsid w:val="00046B25"/>
     <w:rsid w:val="00050A7B"/>
     <w:rsid w:val="00065ADF"/>
     <w:rsid w:val="000679CF"/>
     <w:rsid w:val="00071F19"/>
     <w:rsid w:val="00073FFE"/>
     <w:rsid w:val="00074799"/>
     <w:rsid w:val="000B79A5"/>
     <w:rsid w:val="000D3D33"/>
     <w:rsid w:val="000D5C71"/>
     <w:rsid w:val="000E4BBB"/>
     <w:rsid w:val="000E56A6"/>
     <w:rsid w:val="000F4F8D"/>
     <w:rsid w:val="00103BE4"/>
     <w:rsid w:val="00111B85"/>
     <w:rsid w:val="001166BF"/>
     <w:rsid w:val="001303D5"/>
     <w:rsid w:val="00130C14"/>
@@ -16127,50 +15653,51 @@
     <w:rsid w:val="00630C85"/>
     <w:rsid w:val="0063694C"/>
     <w:rsid w:val="006379A6"/>
     <w:rsid w:val="0064238C"/>
     <w:rsid w:val="00644580"/>
     <w:rsid w:val="00660999"/>
     <w:rsid w:val="00674677"/>
     <w:rsid w:val="006810EE"/>
     <w:rsid w:val="00692A38"/>
     <w:rsid w:val="0069371A"/>
     <w:rsid w:val="0069396D"/>
     <w:rsid w:val="00693D6F"/>
     <w:rsid w:val="006A0E57"/>
     <w:rsid w:val="006B1356"/>
     <w:rsid w:val="006C5466"/>
     <w:rsid w:val="006C70CE"/>
     <w:rsid w:val="006D32DB"/>
     <w:rsid w:val="006E010F"/>
     <w:rsid w:val="006E2E4D"/>
     <w:rsid w:val="006F0F2F"/>
     <w:rsid w:val="007033EA"/>
     <w:rsid w:val="00715CBB"/>
     <w:rsid w:val="00723296"/>
     <w:rsid w:val="007240C1"/>
     <w:rsid w:val="00727869"/>
+    <w:rsid w:val="00727F52"/>
     <w:rsid w:val="0073059E"/>
     <w:rsid w:val="007324BD"/>
     <w:rsid w:val="00735CE6"/>
     <w:rsid w:val="00747B28"/>
     <w:rsid w:val="00754184"/>
     <w:rsid w:val="007621D9"/>
     <w:rsid w:val="0077136E"/>
     <w:rsid w:val="00773188"/>
     <w:rsid w:val="007947C7"/>
     <w:rsid w:val="00797D52"/>
     <w:rsid w:val="007A6211"/>
     <w:rsid w:val="007B6038"/>
     <w:rsid w:val="007C3E16"/>
     <w:rsid w:val="007D276F"/>
     <w:rsid w:val="007D3BD2"/>
     <w:rsid w:val="007D460E"/>
     <w:rsid w:val="007D566C"/>
     <w:rsid w:val="007E61D2"/>
     <w:rsid w:val="007F0D2A"/>
     <w:rsid w:val="007F70F2"/>
     <w:rsid w:val="007F79E2"/>
     <w:rsid w:val="00816C45"/>
     <w:rsid w:val="00826E9E"/>
     <w:rsid w:val="00835C17"/>
     <w:rsid w:val="00846310"/>
@@ -16245,97 +15772,99 @@
     <w:rsid w:val="00B6086B"/>
     <w:rsid w:val="00B72E29"/>
     <w:rsid w:val="00B84DD0"/>
     <w:rsid w:val="00B9178E"/>
     <w:rsid w:val="00B971B6"/>
     <w:rsid w:val="00BB414B"/>
     <w:rsid w:val="00BC1E84"/>
     <w:rsid w:val="00BC3A15"/>
     <w:rsid w:val="00BD0157"/>
     <w:rsid w:val="00BD6E8D"/>
     <w:rsid w:val="00BF1747"/>
     <w:rsid w:val="00BF1993"/>
     <w:rsid w:val="00C02A16"/>
     <w:rsid w:val="00C0777B"/>
     <w:rsid w:val="00C1228E"/>
     <w:rsid w:val="00C1451D"/>
     <w:rsid w:val="00C15126"/>
     <w:rsid w:val="00C250FF"/>
     <w:rsid w:val="00C26246"/>
     <w:rsid w:val="00C35A9E"/>
     <w:rsid w:val="00C436E8"/>
     <w:rsid w:val="00C44168"/>
     <w:rsid w:val="00C4643A"/>
     <w:rsid w:val="00C62E50"/>
     <w:rsid w:val="00C647F1"/>
+    <w:rsid w:val="00C951C3"/>
     <w:rsid w:val="00CA2EA3"/>
     <w:rsid w:val="00CA6424"/>
     <w:rsid w:val="00CB6368"/>
     <w:rsid w:val="00CC45CA"/>
     <w:rsid w:val="00CC4A9F"/>
     <w:rsid w:val="00CD3AED"/>
     <w:rsid w:val="00CD6913"/>
     <w:rsid w:val="00CE66F1"/>
     <w:rsid w:val="00D0416F"/>
     <w:rsid w:val="00D05153"/>
     <w:rsid w:val="00D14997"/>
     <w:rsid w:val="00D238A4"/>
     <w:rsid w:val="00D24261"/>
     <w:rsid w:val="00D4082D"/>
     <w:rsid w:val="00D50AE2"/>
     <w:rsid w:val="00D61AC1"/>
     <w:rsid w:val="00D61BC8"/>
     <w:rsid w:val="00D620D7"/>
     <w:rsid w:val="00D652B4"/>
     <w:rsid w:val="00D72716"/>
     <w:rsid w:val="00D75045"/>
     <w:rsid w:val="00D76380"/>
     <w:rsid w:val="00D84266"/>
     <w:rsid w:val="00D869D0"/>
     <w:rsid w:val="00D92C5F"/>
     <w:rsid w:val="00DB0A39"/>
     <w:rsid w:val="00DC28D6"/>
     <w:rsid w:val="00DC7E4C"/>
     <w:rsid w:val="00DE00A3"/>
     <w:rsid w:val="00DE4011"/>
     <w:rsid w:val="00DF1581"/>
     <w:rsid w:val="00E139BF"/>
     <w:rsid w:val="00E14995"/>
     <w:rsid w:val="00E14DA9"/>
     <w:rsid w:val="00E32C37"/>
     <w:rsid w:val="00E407CB"/>
     <w:rsid w:val="00E42A0B"/>
     <w:rsid w:val="00E51181"/>
     <w:rsid w:val="00E5258F"/>
     <w:rsid w:val="00E647EB"/>
     <w:rsid w:val="00E65B8E"/>
     <w:rsid w:val="00E764A3"/>
     <w:rsid w:val="00E90083"/>
     <w:rsid w:val="00E91FBC"/>
     <w:rsid w:val="00E95EBF"/>
     <w:rsid w:val="00EA1E35"/>
     <w:rsid w:val="00EA5CE4"/>
+    <w:rsid w:val="00EB4A08"/>
     <w:rsid w:val="00EB6CB1"/>
     <w:rsid w:val="00EC1D52"/>
     <w:rsid w:val="00ED0668"/>
     <w:rsid w:val="00EE056A"/>
     <w:rsid w:val="00EE5A3F"/>
     <w:rsid w:val="00EE79CD"/>
     <w:rsid w:val="00EF1047"/>
     <w:rsid w:val="00EF2C5D"/>
     <w:rsid w:val="00F17755"/>
     <w:rsid w:val="00F46750"/>
     <w:rsid w:val="00F5035C"/>
     <w:rsid w:val="00F50F04"/>
     <w:rsid w:val="00F51A12"/>
     <w:rsid w:val="00F5641A"/>
     <w:rsid w:val="00F601C8"/>
     <w:rsid w:val="00F64582"/>
     <w:rsid w:val="00F6728C"/>
     <w:rsid w:val="00F7406F"/>
     <w:rsid w:val="00F76944"/>
     <w:rsid w:val="00F77B20"/>
     <w:rsid w:val="00F971DD"/>
     <w:rsid w:val="00FA5E28"/>
     <w:rsid w:val="00FB2C63"/>
     <w:rsid w:val="00FC4C0B"/>
     <w:rsid w:val="00FD0553"/>
@@ -16349,81 +15878,127 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="2E120D7E"/>
+  <w15:docId w15:val="{CC37ACFA-1B27-42FB-982F-D24B0F804BB6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -16491,50 +16066,159 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -16733,523 +16417,58 @@
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00E65B8E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00A14B59"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...462 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00172D45"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="008F2C0F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="008F2C0F"/>
   </w:style>
@@ -17269,57 +16488,57 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00F5641A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00F5641A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17565,78 +16784,78 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>433D3CA4</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1105</Words>
-  <Characters>7986</Characters>
+  <Words>1357</Words>
+  <Characters>7738</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
+  <Lines>64</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sir Sandford Fleming College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9073</CharactersWithSpaces>
+  <CharactersWithSpaces>9077</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1048663</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.tcu.gov.on.ca/eng/document/brochure/tradeCertification/trades.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>