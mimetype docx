--- v0 (2026-02-04)
+++ v1 (2026-02-25)
@@ -1466,103 +1466,95 @@
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="693663F3" w14:textId="6E14430E" w:rsidR="0092261A" w:rsidRPr="003E0754" w:rsidRDefault="0092261A" w:rsidP="0092261A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E0754">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Arboriculture</w:t>
             </w:r>
             <w:r w:rsidR="00094360">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t>(Co-op)</w:t>
+              <w:t xml:space="preserve"> (Co-op)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66A550EB" w14:textId="4860F235" w:rsidR="0092261A" w:rsidRPr="003E0754" w:rsidRDefault="002B1E36" w:rsidP="0092261A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Johannes Widjedal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1E39EF" w14:textId="6238031E" w:rsidR="0092261A" w:rsidRPr="003E0754" w:rsidRDefault="002B1E36" w:rsidP="0092261A">
+          <w:p w14:paraId="6F1E39EF" w14:textId="322583FC" w:rsidR="0092261A" w:rsidRPr="003E0754" w:rsidRDefault="00C27683" w:rsidP="0092261A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>tbd</w:t>
+              <w:t>3020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75A17B9C" w14:textId="783FF36E" w:rsidR="0092261A" w:rsidRPr="003E0754" w:rsidRDefault="002B1E36" w:rsidP="0092261A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>FR416</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3021,65 +3013,65 @@
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D35592D" w14:textId="4363D49B" w:rsidR="002E2C6D" w:rsidRPr="003E0754" w:rsidRDefault="00446DF2" w:rsidP="002E2C6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Andrew Gordon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72AACEFD" w14:textId="4ADF9430" w:rsidR="002E2C6D" w:rsidRPr="003E0754" w:rsidRDefault="00DD6362" w:rsidP="002E2C6D">
+          <w:p w14:paraId="72AACEFD" w14:textId="556E00D6" w:rsidR="002E2C6D" w:rsidRPr="003E0754" w:rsidRDefault="00F952AB" w:rsidP="002E2C6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>TBD</w:t>
+              <w:t>3006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DD3B03B" w14:textId="6D900E81" w:rsidR="002E2C6D" w:rsidRPr="003E0754" w:rsidRDefault="00195C48" w:rsidP="002E2C6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>FR</w:t>
             </w:r>
             <w:r w:rsidR="00DD6362">
               <w:rPr>
@@ -3939,51 +3931,52 @@
       <w:t>Natural</w:t>
     </w:r>
     <w:r w:rsidR="00460D61" w:rsidRPr="320B3849">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve"> Resource Sciences         </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="336D7BC1" w14:textId="77777777" w:rsidR="001D6B28" w:rsidRDefault="001D6B28">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="192"/>
+  <w:zoom w:percent="87"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -4037,50 +4030,51 @@
     <w:rsid w:val="00325BBE"/>
     <w:rsid w:val="003379AF"/>
     <w:rsid w:val="0035052D"/>
     <w:rsid w:val="00366EB7"/>
     <w:rsid w:val="00371387"/>
     <w:rsid w:val="003A54A9"/>
     <w:rsid w:val="003B3F85"/>
     <w:rsid w:val="003D3D0C"/>
     <w:rsid w:val="003D3F9E"/>
     <w:rsid w:val="003E0754"/>
     <w:rsid w:val="00412082"/>
     <w:rsid w:val="00424E5C"/>
     <w:rsid w:val="00440CFD"/>
     <w:rsid w:val="00446DF2"/>
     <w:rsid w:val="0044771F"/>
     <w:rsid w:val="00453DF0"/>
     <w:rsid w:val="00455F33"/>
     <w:rsid w:val="00460D61"/>
     <w:rsid w:val="00473B53"/>
     <w:rsid w:val="00490DA2"/>
     <w:rsid w:val="004A180C"/>
     <w:rsid w:val="004D2791"/>
     <w:rsid w:val="004E3EE1"/>
     <w:rsid w:val="004E423D"/>
     <w:rsid w:val="00532760"/>
+    <w:rsid w:val="00533D03"/>
     <w:rsid w:val="0054188B"/>
     <w:rsid w:val="00555896"/>
     <w:rsid w:val="00566FBE"/>
     <w:rsid w:val="00591EB9"/>
     <w:rsid w:val="005C383D"/>
     <w:rsid w:val="005D394B"/>
     <w:rsid w:val="005E2C12"/>
     <w:rsid w:val="005F1CDA"/>
     <w:rsid w:val="005F413D"/>
     <w:rsid w:val="005F635E"/>
     <w:rsid w:val="005F7924"/>
     <w:rsid w:val="005F7C1D"/>
     <w:rsid w:val="00603E3D"/>
     <w:rsid w:val="00606517"/>
     <w:rsid w:val="00643561"/>
     <w:rsid w:val="00670D6C"/>
     <w:rsid w:val="00692C21"/>
     <w:rsid w:val="006A424B"/>
     <w:rsid w:val="006B7A99"/>
     <w:rsid w:val="006C5EB3"/>
     <w:rsid w:val="006D3A3D"/>
     <w:rsid w:val="006E13B4"/>
     <w:rsid w:val="006E6FC9"/>
     <w:rsid w:val="006F0AB5"/>
     <w:rsid w:val="00702500"/>
@@ -4104,126 +4098,129 @@
     <w:rsid w:val="0092261A"/>
     <w:rsid w:val="00941371"/>
     <w:rsid w:val="0094370B"/>
     <w:rsid w:val="009549C6"/>
     <w:rsid w:val="00956B45"/>
     <w:rsid w:val="00961D47"/>
     <w:rsid w:val="00962380"/>
     <w:rsid w:val="00962DCD"/>
     <w:rsid w:val="00964544"/>
     <w:rsid w:val="00981715"/>
     <w:rsid w:val="00983F98"/>
     <w:rsid w:val="00991DC6"/>
     <w:rsid w:val="009955AE"/>
     <w:rsid w:val="009B2844"/>
     <w:rsid w:val="009B3546"/>
     <w:rsid w:val="009B4E9F"/>
     <w:rsid w:val="009D1AD6"/>
     <w:rsid w:val="009D55FC"/>
     <w:rsid w:val="00A02AB7"/>
     <w:rsid w:val="00A05E46"/>
     <w:rsid w:val="00A12CF5"/>
     <w:rsid w:val="00A15BDB"/>
     <w:rsid w:val="00A319A3"/>
     <w:rsid w:val="00A35C6A"/>
     <w:rsid w:val="00A362D2"/>
+    <w:rsid w:val="00A47E4D"/>
     <w:rsid w:val="00A5595F"/>
     <w:rsid w:val="00A66A24"/>
     <w:rsid w:val="00AC38BC"/>
     <w:rsid w:val="00AC72C8"/>
     <w:rsid w:val="00AD0A46"/>
     <w:rsid w:val="00AD4FA5"/>
     <w:rsid w:val="00AE20CF"/>
     <w:rsid w:val="00B06030"/>
     <w:rsid w:val="00B438FC"/>
     <w:rsid w:val="00B51AD2"/>
     <w:rsid w:val="00B541DB"/>
     <w:rsid w:val="00B73A55"/>
     <w:rsid w:val="00B76CE6"/>
     <w:rsid w:val="00B802A2"/>
     <w:rsid w:val="00B81237"/>
     <w:rsid w:val="00B81CAB"/>
     <w:rsid w:val="00B9709C"/>
     <w:rsid w:val="00BA3C22"/>
     <w:rsid w:val="00BB4621"/>
     <w:rsid w:val="00BB5A64"/>
     <w:rsid w:val="00BB649A"/>
     <w:rsid w:val="00BB6954"/>
     <w:rsid w:val="00BB6DBC"/>
     <w:rsid w:val="00BB7B7B"/>
     <w:rsid w:val="00BE4ED7"/>
     <w:rsid w:val="00BF45F7"/>
     <w:rsid w:val="00C12AEE"/>
     <w:rsid w:val="00C22573"/>
+    <w:rsid w:val="00C27683"/>
     <w:rsid w:val="00C50B52"/>
     <w:rsid w:val="00C52C51"/>
     <w:rsid w:val="00C54D4A"/>
     <w:rsid w:val="00C573B3"/>
     <w:rsid w:val="00C752B6"/>
     <w:rsid w:val="00C93A5B"/>
     <w:rsid w:val="00CB10EB"/>
     <w:rsid w:val="00CB2350"/>
     <w:rsid w:val="00CB5309"/>
     <w:rsid w:val="00CE559C"/>
     <w:rsid w:val="00D03CB8"/>
     <w:rsid w:val="00D0518C"/>
     <w:rsid w:val="00D426BE"/>
     <w:rsid w:val="00D568B4"/>
     <w:rsid w:val="00D64AD4"/>
     <w:rsid w:val="00D713B6"/>
     <w:rsid w:val="00D81FA0"/>
     <w:rsid w:val="00D82ADE"/>
     <w:rsid w:val="00D93EBA"/>
     <w:rsid w:val="00D95A11"/>
     <w:rsid w:val="00DA5BB0"/>
     <w:rsid w:val="00DB1518"/>
     <w:rsid w:val="00DB3189"/>
     <w:rsid w:val="00DB6975"/>
     <w:rsid w:val="00DC2303"/>
     <w:rsid w:val="00DC6F56"/>
     <w:rsid w:val="00DD4688"/>
     <w:rsid w:val="00DD6362"/>
     <w:rsid w:val="00DE6225"/>
     <w:rsid w:val="00E00F74"/>
     <w:rsid w:val="00E028EC"/>
     <w:rsid w:val="00E117FE"/>
     <w:rsid w:val="00E46F0C"/>
     <w:rsid w:val="00E67791"/>
     <w:rsid w:val="00E71E63"/>
     <w:rsid w:val="00E9395B"/>
     <w:rsid w:val="00EA7229"/>
     <w:rsid w:val="00EB590B"/>
     <w:rsid w:val="00EC0C11"/>
     <w:rsid w:val="00EC64A1"/>
     <w:rsid w:val="00ED0809"/>
     <w:rsid w:val="00EF6041"/>
     <w:rsid w:val="00F01CAB"/>
     <w:rsid w:val="00F242EC"/>
     <w:rsid w:val="00F5204D"/>
     <w:rsid w:val="00F57F2E"/>
     <w:rsid w:val="00F70661"/>
     <w:rsid w:val="00F74C4F"/>
+    <w:rsid w:val="00F952AB"/>
     <w:rsid w:val="00FA238A"/>
     <w:rsid w:val="00FA367C"/>
     <w:rsid w:val="00FD1E1F"/>
     <w:rsid w:val="00FD6641"/>
     <w:rsid w:val="00FE2210"/>
     <w:rsid w:val="00FE43C4"/>
     <w:rsid w:val="015C3BE3"/>
     <w:rsid w:val="03CFE7CE"/>
     <w:rsid w:val="046BD54A"/>
     <w:rsid w:val="101A07A4"/>
     <w:rsid w:val="13FA0C13"/>
     <w:rsid w:val="15AD0595"/>
     <w:rsid w:val="16C1CD7C"/>
     <w:rsid w:val="1A8D0701"/>
     <w:rsid w:val="1BCBD52E"/>
     <w:rsid w:val="1ECF618B"/>
     <w:rsid w:val="20909B30"/>
     <w:rsid w:val="2104FF73"/>
     <w:rsid w:val="2495E9FF"/>
     <w:rsid w:val="2BADF8E0"/>
     <w:rsid w:val="2BD11278"/>
     <w:rsid w:val="3041DA43"/>
     <w:rsid w:val="30E21EAD"/>
     <w:rsid w:val="31DDAAA4"/>
     <w:rsid w:val="320B3849"/>
@@ -5485,74 +5482,74 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="7724495c-aa0e-49c5-8e55-4b63dd8f58ad"/>
     <ds:schemaRef ds:uri="4dc19524-2574-4391-9878-ff58caaf237e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A510C3C-6AED-4FF4-84A2-90EC9968E9EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>427</Words>
-  <Characters>2437</Characters>
+  <Characters>2439</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>School of Continuing Education and Skilled Trades</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2859</CharactersWithSpaces>
+  <CharactersWithSpaces>2861</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>School of Environmental &amp; Natural Resource Sciences</dc:title>
   <dc:creator>ITS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-04-13T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 21 for Word</vt:lpwstr>