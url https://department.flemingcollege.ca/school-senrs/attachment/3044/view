--- v1 (2026-02-25)
+++ v2 (2026-03-17)
@@ -1,378 +1,368 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2A84F7C4" w14:textId="77777777" w:rsidR="008F78D5" w:rsidRDefault="008F78D5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42E9525A" w14:textId="78330FAC" w:rsidR="00307209" w:rsidRPr="00085206" w:rsidRDefault="00BF45F7">
+    <w:p w14:paraId="42E9525A" w14:textId="536745E5" w:rsidR="00307209" w:rsidRPr="00085206" w:rsidRDefault="009955AE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="100"/>
         <w:ind w:left="1826" w:right="1775"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00085206">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Acting </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
+        <w:t>Dean</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085206">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00024349" w:rsidRPr="00024349">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Dean</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00024349" w:rsidRPr="00024349">
+        <w:t>Lori</w:t>
+      </w:r>
+      <w:r w:rsidR="00024349">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Lori</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00024349">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00024349" w:rsidRPr="00024349">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>e</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Blundon</w:t>
       </w:r>
-      <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
+      <w:r w:rsidRPr="00085206">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, Frost </w:t>
       </w:r>
       <w:r w:rsidR="00983F98">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>289A</w:t>
       </w:r>
-      <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
+      <w:r w:rsidRPr="00085206">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, Ext. </w:t>
       </w:r>
       <w:r w:rsidR="00024349">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1346</w:t>
       </w:r>
-      <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
+      <w:r w:rsidRPr="00085206">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00C54D4A" w:rsidRPr="00126CE4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Lorie.blundon@flemingcollege.ca</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
+      <w:r w:rsidRPr="00085206">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
+      <w:r w:rsidRPr="00085206">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A21D4B9" w14:textId="34A6068A" w:rsidR="008F78D5" w:rsidRPr="00085206" w:rsidRDefault="009955AE" w:rsidP="00307209">
+    <w:p w14:paraId="4A21D4B9" w14:textId="121D66DC" w:rsidR="008F78D5" w:rsidRPr="00085206" w:rsidRDefault="009955AE" w:rsidP="00307209">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1826" w:right="1775"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00085206">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Academic Chair</w:t>
       </w:r>
-      <w:r w:rsidR="00C52C51">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00085206">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00085206">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00566FBE" w:rsidRPr="00566FBE">
+      <w:r w:rsidR="00A57B3A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lorie Blundon, </w:t>
+        <w:t>Rashmi Gupta</w:t>
       </w:r>
       <w:r w:rsidR="00566FBE" w:rsidRPr="00566FBE">
         <w:rPr>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Frost 289A, Ext. 1346, </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00566FBE" w:rsidRPr="00566FBE">
         <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Frost 289</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57B3A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00566FBE" w:rsidRPr="00566FBE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ext. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57B3A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3032</w:t>
+      </w:r>
+      <w:r w:rsidR="00566FBE" w:rsidRPr="00566FBE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A57B3A">
+        <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Lorie.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C54D4A">
+        <w:t>Rashmi.gupta</w:t>
+      </w:r>
+      <w:r w:rsidR="00566FBE" w:rsidRPr="00566FBE">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>b</w:t>
+        <w:t>@flemingcollege.ca</w:t>
       </w:r>
       <w:r w:rsidR="00566FBE" w:rsidRPr="00566FBE">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-          <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44887FF8" w14:textId="2EA54BDB" w:rsidR="00086BEC" w:rsidRPr="00085206" w:rsidRDefault="00060614" w:rsidP="00086BEC">
+    <w:p w14:paraId="44887FF8" w14:textId="1D3FCE66" w:rsidR="00086BEC" w:rsidRPr="00085206" w:rsidRDefault="00060614" w:rsidP="00086BEC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1829" w:right="1771"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Senior Operations </w:t>
       </w:r>
       <w:r w:rsidR="00086BEC" w:rsidRPr="00085206">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Manager</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00264C69">
+        <w:t>Manager:</w:t>
+      </w:r>
+      <w:r w:rsidR="00307209" w:rsidRPr="00085206">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>, SENRS</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00086BEC" w:rsidRPr="00085206">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00566FBE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>Jon Carter</w:t>
       </w:r>
       <w:r w:rsidR="00307209" w:rsidRPr="00085206">
         <w:rPr>
-          <w:b/>
-[...16 lines deleted...]
-        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00983F98">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Frost </w:t>
       </w:r>
       <w:r w:rsidR="00264C69">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00566FBE">
-[...4 lines deleted...]
-        <w:t>20</w:t>
+      <w:r w:rsidR="00A57B3A">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>81</w:t>
       </w:r>
       <w:r w:rsidR="00215E7A">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00307209" w:rsidRPr="00085206">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Ext 3</w:t>
       </w:r>
       <w:r w:rsidR="00566FBE">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>215</w:t>
       </w:r>
       <w:r w:rsidR="00307209" w:rsidRPr="00085206">
         <w:rPr>
           <w:sz w:val="18"/>
@@ -667,195 +657,214 @@
         </w:rPr>
         <w:t>@flemingcollege.ca</w:t>
       </w:r>
       <w:r w:rsidRPr="00085206">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="2495E9FF" w:rsidRPr="00085206">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC6F56">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E56236" w14:textId="117D4A18" w:rsidR="008F78D5" w:rsidRDefault="00865890">
+    <w:p w14:paraId="57E56236" w14:textId="430097D1" w:rsidR="008F78D5" w:rsidRDefault="00A57B3A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="210" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00865890">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve">Interim - </w:t>
+      </w:r>
+      <w:r w:rsidR="00865890" w:rsidRPr="00865890">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>Project &amp; Work Integrated Learning Coordinator</w:t>
       </w:r>
       <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gillian </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Clost</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Anne</w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
         <w:rPr>
-          <w:spacing w:val="2"/>
+          <w:spacing w:val="5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
         <w:rPr>
-          <w:spacing w:val="-1"/>
-[...3 lines deleted...]
-        <w:t>Torwesten,</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Frost</w:t>
       </w:r>
       <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
         <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>257</w:t>
+      </w:r>
+      <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
+        <w:rPr>
           <w:spacing w:val="5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Frost</w:t>
+        <w:t>Ext.</w:t>
       </w:r>
       <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
         <w:rPr>
-          <w:spacing w:val="1"/>
+          <w:spacing w:val="5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>174</w:t>
+        <w:t>1192</w:t>
       </w:r>
       <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
         <w:rPr>
           <w:spacing w:val="5"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
-[...30 lines deleted...]
-        <w:r w:rsidR="009955AE" w:rsidRPr="00085206">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00D157C9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>Anne.torwesten@flemingcollege.ca</w:t>
+          <w:t>Gillian.clost@flemingcollege.ca</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2B34AADC" w14:textId="3B6E34CF" w:rsidR="00085206" w:rsidRDefault="003E0754">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="210" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E0754">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Finance and Projects Officer</w:t>
       </w:r>
@@ -891,112 +900,112 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">3081, </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="0054188B" w:rsidRPr="00845A29">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:spacing w:val="-1"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Tara.douglas@flemingcollege.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0054188B">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15A64E0C" w14:textId="7E6EBDF1" w:rsidR="00226DBD" w:rsidRPr="00226DBD" w:rsidRDefault="00226DBD">
+    <w:p w14:paraId="15A64E0C" w14:textId="3A6C92D7" w:rsidR="00226DBD" w:rsidRPr="00226DBD" w:rsidRDefault="00226DBD">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="210" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Continuing Education Manager: </w:t>
       </w:r>
       <w:r w:rsidR="002146BA">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Danielle Greene</w:t>
       </w:r>
       <w:r w:rsidR="00D713B6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00A15BDB">
+      <w:r w:rsidR="00A57B3A">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Sutherland</w:t>
+        <w:t>Frost</w:t>
       </w:r>
       <w:r w:rsidR="00D713B6" w:rsidRPr="00D713B6">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE20CF">
+      <w:r w:rsidR="00A57B3A">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>B3185</w:t>
+        <w:t>283</w:t>
       </w:r>
       <w:r w:rsidR="00D713B6" w:rsidRPr="00D713B6">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, Ext</w:t>
       </w:r>
       <w:r w:rsidR="000865D9">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1053</w:t>
       </w:r>
       <w:r w:rsidR="00D713B6" w:rsidRPr="00D713B6">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -1518,65 +1527,73 @@
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F1E39EF" w14:textId="322583FC" w:rsidR="0092261A" w:rsidRPr="003E0754" w:rsidRDefault="00C27683" w:rsidP="0092261A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75A17B9C" w14:textId="783FF36E" w:rsidR="0092261A" w:rsidRPr="003E0754" w:rsidRDefault="002B1E36" w:rsidP="0092261A">
+          <w:p w14:paraId="75A17B9C" w14:textId="3C24C367" w:rsidR="0092261A" w:rsidRPr="003E0754" w:rsidRDefault="002B1E36" w:rsidP="0092261A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>FR416</w:t>
+              <w:t>FR41</w:t>
+            </w:r>
+            <w:r w:rsidR="00A57B3A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4661" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B54EF3A" w14:textId="27537514" w:rsidR="0092261A" w:rsidRPr="0092261A" w:rsidRDefault="00555896" w:rsidP="0092261A">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Johannes.widjedal</w:t>
             </w:r>
@@ -2842,65 +2859,73 @@
           <w:p w14:paraId="0E4E4319" w14:textId="253A2226" w:rsidR="002E2C6D" w:rsidRDefault="002E2C6D" w:rsidP="002E2C6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3236</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B70C519" w14:textId="79F99F12" w:rsidR="002E2C6D" w:rsidRDefault="002E2C6D" w:rsidP="002E2C6D">
+          <w:p w14:paraId="6B70C519" w14:textId="5AB6730B" w:rsidR="002E2C6D" w:rsidRDefault="002E2C6D" w:rsidP="002E2C6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>FR283</w:t>
+              <w:t>FR</w:t>
+            </w:r>
+            <w:r w:rsidR="00A57B3A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>416</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4661" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B2F4990" w14:textId="3F2D9E19" w:rsidR="002E2C6D" w:rsidRDefault="00195C48" w:rsidP="002E2C6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="00805BE6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
@@ -3288,56 +3313,52 @@
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>William.smith@flemingcollege.ca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="003E0754">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3B4C79E1" w14:textId="7D734C94" w:rsidR="009955AE" w:rsidRDefault="00024349">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009955AE" w:rsidSect="00293C93">
-      <w:headerReference w:type="even" r:id="rId26"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId31"/>
+      <w:headerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="default" r:id="rId27"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="723" w:footer="1026" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5E502480" w14:textId="77777777" w:rsidR="00B438FC" w:rsidRDefault="00B438FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4A252A83" w14:textId="77777777" w:rsidR="00B438FC" w:rsidRDefault="00B438FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -3366,60 +3387,50 @@
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13B620CE" w14:textId="77777777" w:rsidR="008F78D5" w:rsidRDefault="00D03CB8">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5ED6B177" wp14:editId="6A767DC8">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>656729</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="bottomMargin">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="3124200" cy="299677"/>
@@ -3447,93 +3458,109 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6CB548E2" w14:textId="1CE65155" w:rsidR="003E0754" w:rsidRDefault="003E0754">
+                        <w:p w14:paraId="6CB548E2" w14:textId="2DEEAFDF" w:rsidR="003E0754" w:rsidRDefault="003E0754">
                           <w:pPr>
                             <w:spacing w:before="21"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="003E0754">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>Revised Date</w:t>
                           </w:r>
                           <w:r w:rsidR="009955AE" w:rsidRPr="00E9395B">
                             <w:rPr>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>:</w:t>
                           </w:r>
                           <w:r w:rsidR="009955AE" w:rsidRPr="00E9395B">
                             <w:rPr>
                               <w:spacing w:val="-4"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:r w:rsidR="00815682">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>March</w:t>
+                          </w:r>
                           <w:r w:rsidR="00094360">
                             <w:rPr>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>February 2</w:t>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidR="00815682">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>16</w:t>
                           </w:r>
                           <w:r w:rsidR="00D713B6">
                             <w:rPr>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>, 202</w:t>
                           </w:r>
                           <w:r w:rsidR="00141EAA">
                             <w:rPr>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>6</w:t>
                           </w:r>
                           <w:r w:rsidR="00084B60">
                             <w:rPr>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
@@ -3594,93 +3621,109 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5ED6B177" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="docshape2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:51.7pt;margin-top:0;width:246pt;height:23.6pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:bottom-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC992SY1gEAAJEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJhnY14hRdiw4D&#10;unVAtw+gZSkWZosapcTOvn6UHKe7vA17EWiKOjznkN5cj30nDpqCRVfJ1WIphXYKG+t2lfz65f7V&#10;WylCBNdAh05X8qiDvN6+fLEZfKnX2GLXaBIM4kI5+Eq2MfqyKIJqdQ9hgV47vjRIPUT+pF3REAyM&#10;3nfFerm8KAakxhMqHQJn76ZLuc34xmgVH40JOoqukswt5pPyWaez2G6g3BH41qoTDfgHFj1Yx03P&#10;UHcQQezJ/gXVW0UY0MSFwr5AY6zSWQOrWS3/UPPUgtdZC5sT/Nmm8P9g1afDk/9MIo7vcOQBZhHB&#10;P6D6FoTD2xbcTt8Q4dBqaLjxKllWDD6Up6fJ6lCGBFIPH7HhIcM+YgYaDfXJFdYpGJ0HcDybrsco&#10;FCdfr9ZveJJSKL5bX11dXF7mFlDOrz2F+F5jL1JQSeKhZnQ4PISY2EA5l6RmDu9t1+XBdu63BBem&#10;TGafCE/U41iPXJ1U1NgcWQfhtCe81xy0SD+kGHhHKhm+74G0FN0Hx16khZoDmoN6DsApflrJKMUU&#10;3sZp8fae7K5l5Mlthzfsl7FZyjOLE0+ee1Z42tG0WL9+56rnP2n7EwAA//8DAFBLAwQUAAYACAAA&#10;ACEAJtK9mNwAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNaQsNcaoK&#10;wQkJkYYDRyfeJlbjdYjdNvw9ywmOTzOafZtvJt+LE47RBdJwO1MgkJpgHbUaPqqXmwcQMRmypg+E&#10;Gr4xwqa4vMhNZsOZSjztUit4hGJmNHQpDZmUsenQmzgLAxJn+zB6kxjHVtrRnHnc93Ku1Ep644gv&#10;dGbApw6bw+7oNWw/qXx2X2/1e7kvXVWtFb2uDlpfX03bRxAJp/RXhl99VoeCnepwJBtFz6zuFlzV&#10;wB9xvFwvGWsNi/s5yCKX//2LHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC992SY1gEA&#10;AJEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAm0r2Y&#10;3AAAAAcBAAAPAAAAAAAAAAAAAAAAADAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="6CB548E2" w14:textId="1CE65155" w:rsidR="003E0754" w:rsidRDefault="003E0754">
+                  <w:p w14:paraId="6CB548E2" w14:textId="2DEEAFDF" w:rsidR="003E0754" w:rsidRDefault="003E0754">
                     <w:pPr>
                       <w:spacing w:before="21"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003E0754">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Revised Date</w:t>
                     </w:r>
                     <w:r w:rsidR="009955AE" w:rsidRPr="00E9395B">
                       <w:rPr>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>:</w:t>
                     </w:r>
                     <w:r w:rsidR="009955AE" w:rsidRPr="00E9395B">
                       <w:rPr>
                         <w:spacing w:val="-4"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:r w:rsidR="00815682">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>March</w:t>
+                    </w:r>
                     <w:r w:rsidR="00094360">
                       <w:rPr>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>February 2</w:t>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00815682">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>16</w:t>
                     </w:r>
                     <w:r w:rsidR="00D713B6">
                       <w:rPr>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>, 202</w:t>
                     </w:r>
                     <w:r w:rsidR="00141EAA">
                       <w:rPr>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>6</w:t>
                     </w:r>
                     <w:r w:rsidR="00084B60">
                       <w:rPr>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
@@ -3727,93 +3770,73 @@
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Whitney Oliver</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="62F31B00" w14:textId="77777777" w:rsidR="00B438FC" w:rsidRDefault="00B438FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2A91D29D" w14:textId="77777777" w:rsidR="00B438FC" w:rsidRDefault="00B438FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="1B0000AB" w14:textId="77777777" w:rsidR="00B438FC" w:rsidRDefault="00B438FC"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3463B630" w14:textId="148C734F" w:rsidR="00460D61" w:rsidRDefault="00460D61" w:rsidP="00460D61">
     <w:pPr>
       <w:spacing w:before="21"/>
       <w:ind w:left="10100" w:firstLine="700"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="32"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B3064BB" wp14:editId="3A953B44">
           <wp:extent cx="2481580" cy="609600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3919,60 +3942,50 @@
       <w:rPr>
         <w:spacing w:val="2"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="320B3849">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t>Natural</w:t>
     </w:r>
     <w:r w:rsidR="00460D61" w:rsidRPr="320B3849">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve"> Resource Sciences         </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="87"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -4063,87 +4076,89 @@
     <w:rsid w:val="005F1CDA"/>
     <w:rsid w:val="005F413D"/>
     <w:rsid w:val="005F635E"/>
     <w:rsid w:val="005F7924"/>
     <w:rsid w:val="005F7C1D"/>
     <w:rsid w:val="00603E3D"/>
     <w:rsid w:val="00606517"/>
     <w:rsid w:val="00643561"/>
     <w:rsid w:val="00670D6C"/>
     <w:rsid w:val="00692C21"/>
     <w:rsid w:val="006A424B"/>
     <w:rsid w:val="006B7A99"/>
     <w:rsid w:val="006C5EB3"/>
     <w:rsid w:val="006D3A3D"/>
     <w:rsid w:val="006E13B4"/>
     <w:rsid w:val="006E6FC9"/>
     <w:rsid w:val="006F0AB5"/>
     <w:rsid w:val="00702500"/>
     <w:rsid w:val="00717888"/>
     <w:rsid w:val="00720D1C"/>
     <w:rsid w:val="00743F84"/>
     <w:rsid w:val="0077271D"/>
     <w:rsid w:val="007B6706"/>
     <w:rsid w:val="007C1BCE"/>
     <w:rsid w:val="007D00D0"/>
+    <w:rsid w:val="00815682"/>
     <w:rsid w:val="00850F61"/>
     <w:rsid w:val="0085693E"/>
     <w:rsid w:val="00865890"/>
     <w:rsid w:val="008720B7"/>
     <w:rsid w:val="008955B5"/>
     <w:rsid w:val="008A397D"/>
     <w:rsid w:val="008D55B8"/>
     <w:rsid w:val="008F78D5"/>
     <w:rsid w:val="00905F14"/>
     <w:rsid w:val="00906421"/>
     <w:rsid w:val="0092261A"/>
     <w:rsid w:val="00941371"/>
     <w:rsid w:val="0094370B"/>
     <w:rsid w:val="009549C6"/>
     <w:rsid w:val="00956B45"/>
     <w:rsid w:val="00961D47"/>
     <w:rsid w:val="00962380"/>
     <w:rsid w:val="00962DCD"/>
     <w:rsid w:val="00964544"/>
     <w:rsid w:val="00981715"/>
     <w:rsid w:val="00983F98"/>
     <w:rsid w:val="00991DC6"/>
     <w:rsid w:val="009955AE"/>
     <w:rsid w:val="009B2844"/>
     <w:rsid w:val="009B3546"/>
     <w:rsid w:val="009B4E9F"/>
     <w:rsid w:val="009D1AD6"/>
     <w:rsid w:val="009D55FC"/>
     <w:rsid w:val="00A02AB7"/>
     <w:rsid w:val="00A05E46"/>
     <w:rsid w:val="00A12CF5"/>
     <w:rsid w:val="00A15BDB"/>
     <w:rsid w:val="00A319A3"/>
     <w:rsid w:val="00A35C6A"/>
     <w:rsid w:val="00A362D2"/>
     <w:rsid w:val="00A47E4D"/>
     <w:rsid w:val="00A5595F"/>
+    <w:rsid w:val="00A57B3A"/>
     <w:rsid w:val="00A66A24"/>
     <w:rsid w:val="00AC38BC"/>
     <w:rsid w:val="00AC72C8"/>
     <w:rsid w:val="00AD0A46"/>
     <w:rsid w:val="00AD4FA5"/>
     <w:rsid w:val="00AE20CF"/>
     <w:rsid w:val="00B06030"/>
     <w:rsid w:val="00B438FC"/>
     <w:rsid w:val="00B51AD2"/>
     <w:rsid w:val="00B541DB"/>
     <w:rsid w:val="00B73A55"/>
     <w:rsid w:val="00B76CE6"/>
     <w:rsid w:val="00B802A2"/>
     <w:rsid w:val="00B81237"/>
     <w:rsid w:val="00B81CAB"/>
     <w:rsid w:val="00B9709C"/>
     <w:rsid w:val="00BA3C22"/>
     <w:rsid w:val="00BB4621"/>
     <w:rsid w:val="00BB5A64"/>
     <w:rsid w:val="00BB649A"/>
     <w:rsid w:val="00BB6954"/>
     <w:rsid w:val="00BB6DBC"/>
     <w:rsid w:val="00BB7B7B"/>
     <w:rsid w:val="00BE4ED7"/>
     <w:rsid w:val="00BF45F7"/>
@@ -4171,50 +4186,51 @@
     <w:rsid w:val="00D93EBA"/>
     <w:rsid w:val="00D95A11"/>
     <w:rsid w:val="00DA5BB0"/>
     <w:rsid w:val="00DB1518"/>
     <w:rsid w:val="00DB3189"/>
     <w:rsid w:val="00DB6975"/>
     <w:rsid w:val="00DC2303"/>
     <w:rsid w:val="00DC6F56"/>
     <w:rsid w:val="00DD4688"/>
     <w:rsid w:val="00DD6362"/>
     <w:rsid w:val="00DE6225"/>
     <w:rsid w:val="00E00F74"/>
     <w:rsid w:val="00E028EC"/>
     <w:rsid w:val="00E117FE"/>
     <w:rsid w:val="00E46F0C"/>
     <w:rsid w:val="00E67791"/>
     <w:rsid w:val="00E71E63"/>
     <w:rsid w:val="00E9395B"/>
     <w:rsid w:val="00EA7229"/>
     <w:rsid w:val="00EB590B"/>
     <w:rsid w:val="00EC0C11"/>
     <w:rsid w:val="00EC64A1"/>
     <w:rsid w:val="00ED0809"/>
     <w:rsid w:val="00EF6041"/>
     <w:rsid w:val="00F01CAB"/>
+    <w:rsid w:val="00F1362F"/>
     <w:rsid w:val="00F242EC"/>
     <w:rsid w:val="00F5204D"/>
     <w:rsid w:val="00F57F2E"/>
     <w:rsid w:val="00F70661"/>
     <w:rsid w:val="00F74C4F"/>
     <w:rsid w:val="00F952AB"/>
     <w:rsid w:val="00FA238A"/>
     <w:rsid w:val="00FA367C"/>
     <w:rsid w:val="00FD1E1F"/>
     <w:rsid w:val="00FD6641"/>
     <w:rsid w:val="00FE2210"/>
     <w:rsid w:val="00FE43C4"/>
     <w:rsid w:val="015C3BE3"/>
     <w:rsid w:val="03CFE7CE"/>
     <w:rsid w:val="046BD54A"/>
     <w:rsid w:val="101A07A4"/>
     <w:rsid w:val="13FA0C13"/>
     <w:rsid w:val="15AD0595"/>
     <w:rsid w:val="16C1CD7C"/>
     <w:rsid w:val="1A8D0701"/>
     <w:rsid w:val="1BCBD52E"/>
     <w:rsid w:val="1ECF618B"/>
     <w:rsid w:val="20909B30"/>
     <w:rsid w:val="2104FF73"/>
     <w:rsid w:val="2495E9FF"/>
@@ -4831,54 +4847,54 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C93A5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Franklin Gothic Book" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tara.douglas@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Thomas.luloff@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Keith.munro@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Anne.torwesten@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Geoff.clark@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:William.smith@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle.paskaris@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.ashley@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nicole.white@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrew.gordon2@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Josh.feltham@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Benjamin.walters@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jon.carter@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Josh.feltham@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lorie.blundon@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Danielle.greene@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Trevor.stevenson@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tara.douglas@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Thomas.luloff@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Keith.munro@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gillian.clost@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Geoff.clark@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:William.smith@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle.paskaris@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.ashley@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nicole.white@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrew.gordon2@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Josh.feltham@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Benjamin.walters@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jon.carter@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Josh.feltham@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lorie.blundon@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Danielle.greene@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Trevor.stevenson@flemingcollege.ca" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -5134,50 +5150,89 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="7724495c-aa0e-49c5-8e55-4b63dd8f58ad">
+      <UserInfo>
+        <DisplayName>Nancy Pogany</DisplayName>
+        <AccountId>130</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Nicole White</DisplayName>
+        <AccountId>261</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Tania Clerac</DisplayName>
+        <AccountId>14</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Jake Sandison</DisplayName>
+        <AccountId>297</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Marc Patenaude</DisplayName>
+        <AccountId>179</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <TaxCatchAll xmlns="7724495c-aa0e-49c5-8e55-4b63dd8f58ad" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4dc19524-2574-4391-9878-ff58caaf237e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Notes0 xmlns="4dc19524-2574-4391-9878-ff58caaf237e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000249823911A0C24090525A48CD21AB74" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2c37b64dc804eeae830afabd36d5248c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4dc19524-2574-4391-9878-ff58caaf237e" xmlns:ns3="7724495c-aa0e-49c5-8e55-4b63dd8f58ad" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f305c59a766b62f388af9655f6b7f0e5" ns2:_="" ns3:_="">
     <xsd:import namespace="4dc19524-2574-4391-9878-ff58caaf237e"/>
     <xsd:import namespace="7724495c-aa0e-49c5-8e55-4b63dd8f58ad"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes0" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
@@ -5384,172 +5439,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...37 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57806AB7-9E81-49D6-B139-666BAEFF7D9A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="7724495c-aa0e-49c5-8e55-4b63dd8f58ad"/>
+    <ds:schemaRef ds:uri="4dc19524-2574-4391-9878-ff58caaf237e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50DA02AD-763C-468C-993D-B7A1844D4A96}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4dc19524-2574-4391-9878-ff58caaf237e"/>
     <ds:schemaRef ds:uri="7724495c-aa0e-49c5-8e55-4b63dd8f58ad"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A510C3C-6AED-4FF4-84A2-90EC9968E9EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>427</Words>
-  <Characters>2439</Characters>
+  <Words>299</Words>
+  <Characters>2540</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>149</Lines>
+  <Paragraphs>129</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>School of Continuing Education and Skilled Trades</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2861</CharactersWithSpaces>
+  <CharactersWithSpaces>2710</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>School of Environmental &amp; Natural Resource Sciences</dc:title>
   <dc:creator>ITS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-04-13T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 21 for Word</vt:lpwstr>